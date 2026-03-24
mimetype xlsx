--- v0 (2025-10-06)
+++ v1 (2026-03-24)
@@ -222,71 +222,71 @@
   <si>
     <t>Risaralda</t>
   </si>
   <si>
     <t>Ricardo</t>
   </si>
   <si>
     <t>Franco</t>
   </si>
   <si>
     <t>Gustavo</t>
   </si>
   <si>
     <t>Duque</t>
   </si>
   <si>
     <t>Caldas</t>
   </si>
   <si>
     <t>Hernan</t>
   </si>
   <si>
     <t>Obando</t>
   </si>
   <si>
+    <t>Carlos</t>
+  </si>
+  <si>
+    <t>Espinosa</t>
+  </si>
+  <si>
+    <t>Gabriel</t>
+  </si>
+  <si>
+    <t>Jimenez</t>
+  </si>
+  <si>
     <t>Jorge</t>
   </si>
   <si>
     <t>Jose</t>
   </si>
   <si>
     <t>Marin</t>
   </si>
   <si>
-    <t>Carlos</t>
-[...10 lines deleted...]
-  <si>
     <t>Franklin</t>
   </si>
   <si>
     <t>Gordillo</t>
   </si>
   <si>
     <t>Libardo</t>
   </si>
   <si>
     <t>Victoria</t>
   </si>
   <si>
     <t>Luis</t>
   </si>
   <si>
     <t>Betancur</t>
   </si>
   <si>
     <t>Adolfo</t>
   </si>
   <si>
     <t>Hernandez</t>
   </si>
   <si>
     <t>Manuel</t>
@@ -408,63 +408,63 @@
   <si>
     <t>Giraldo</t>
   </si>
   <si>
     <t>Aymer</t>
   </si>
   <si>
     <t>Idrobo</t>
   </si>
   <si>
     <t>Alberto</t>
   </si>
   <si>
     <t>Marmolejo</t>
   </si>
   <si>
     <t>Roldan</t>
   </si>
   <si>
     <t>Benitez</t>
   </si>
   <si>
     <t>Boyacá</t>
   </si>
   <si>
+    <t>Rincon</t>
+  </si>
+  <si>
     <t>Adalberto</t>
   </si>
   <si>
     <t>Maldonado</t>
   </si>
   <si>
     <t>Faustino</t>
   </si>
   <si>
     <t>Mosquera</t>
-  </si>
-[...1 lines deleted...]
-    <t>Rincon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
@@ -1939,231 +1939,231 @@
       </c>
       <c r="J25" s="1">
         <v>0</v>
       </c>
       <c r="K25" s="1">
         <v>0</v>
       </c>
       <c r="L25" s="1">
         <v>198</v>
       </c>
       <c r="M25" s="1">
         <v>198.0</v>
       </c>
       <c r="N25" s="1">
         <v>198</v>
       </c>
       <c r="O25" s="1">
         <v>33.0</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1">
-        <v>8021</v>
+        <v>1237</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="F26" s="1">
-        <v>201</v>
+        <v>187</v>
       </c>
       <c r="G26" s="1">
-        <v>162</v>
+        <v>0</v>
       </c>
       <c r="H26" s="1">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="I26" s="1">
-        <v>162</v>
+        <v>0</v>
       </c>
       <c r="J26" s="1">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="K26" s="1">
-        <v>171</v>
+        <v>0</v>
       </c>
       <c r="L26" s="1">
-        <v>1011</v>
+        <v>187</v>
       </c>
       <c r="M26" s="1">
-        <v>168.5</v>
+        <v>187.0</v>
       </c>
       <c r="N26" s="1">
-        <v>1011</v>
+        <v>187</v>
       </c>
       <c r="O26" s="1">
-        <v>168.5</v>
+        <v>31.17</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" s="1">
         <v>24</v>
       </c>
       <c r="B27" s="1">
-        <v>1134</v>
+        <v>1180</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="F27" s="1">
-        <v>214</v>
+        <v>179</v>
       </c>
       <c r="G27" s="1">
-        <v>186</v>
+        <v>0</v>
       </c>
       <c r="H27" s="1">
-        <v>158</v>
+        <v>0</v>
       </c>
       <c r="I27" s="1">
-        <v>161</v>
+        <v>0</v>
       </c>
       <c r="J27" s="1">
-        <v>205</v>
+        <v>0</v>
       </c>
       <c r="K27" s="1">
-        <v>203</v>
+        <v>0</v>
       </c>
       <c r="L27" s="1">
-        <v>1127</v>
+        <v>179</v>
       </c>
       <c r="M27" s="1">
-        <v>187.83</v>
+        <v>179.0</v>
       </c>
       <c r="N27" s="1">
-        <v>1127</v>
+        <v>179</v>
       </c>
       <c r="O27" s="1">
-        <v>187.83</v>
+        <v>29.83</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1">
-        <v>1237</v>
+        <v>8021</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>73</v>
+        <v>35</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="F28" s="1">
-        <v>187</v>
+        <v>201</v>
       </c>
       <c r="G28" s="1">
-        <v>0</v>
+        <v>162</v>
       </c>
       <c r="H28" s="1">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="I28" s="1">
-        <v>0</v>
+        <v>162</v>
       </c>
       <c r="J28" s="1">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="K28" s="1">
-        <v>0</v>
+        <v>171</v>
       </c>
       <c r="L28" s="1">
-        <v>187</v>
+        <v>1011</v>
       </c>
       <c r="M28" s="1">
-        <v>187.0</v>
+        <v>168.5</v>
       </c>
       <c r="N28" s="1">
-        <v>187</v>
+        <v>1011</v>
       </c>
       <c r="O28" s="1">
-        <v>31.17</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" s="1">
         <v>26</v>
       </c>
       <c r="B29" s="1">
-        <v>1180</v>
+        <v>1134</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="F29" s="1">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="G29" s="1">
-        <v>0</v>
+        <v>186</v>
       </c>
       <c r="H29" s="1">
-        <v>0</v>
+        <v>158</v>
       </c>
       <c r="I29" s="1">
-        <v>0</v>
+        <v>161</v>
       </c>
       <c r="J29" s="1">
-        <v>0</v>
+        <v>205</v>
       </c>
       <c r="K29" s="1">
-        <v>0</v>
+        <v>203</v>
       </c>
       <c r="L29" s="1">
-        <v>179</v>
+        <v>1127</v>
       </c>
       <c r="M29" s="1">
-        <v>179.0</v>
+        <v>187.83</v>
       </c>
       <c r="N29" s="1">
-        <v>179</v>
+        <v>1127</v>
       </c>
       <c r="O29" s="1">
-        <v>29.83</v>
+        <v>187.83</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1">
         <v>2594</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="1">
         <v>180</v>
       </c>
       <c r="G30" s="1">
         <v>182</v>
       </c>
       <c r="H30" s="1">
@@ -2694,51 +2694,51 @@
       </c>
       <c r="K41" s="1">
         <v>0</v>
       </c>
       <c r="L41" s="1">
         <v>228</v>
       </c>
       <c r="M41" s="1">
         <v>228.0</v>
       </c>
       <c r="N41" s="1">
         <v>228</v>
       </c>
       <c r="O41" s="1">
         <v>38.0</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" s="1">
         <v>39</v>
       </c>
       <c r="B42" s="1">
         <v>8010</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>97</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>98</v>
       </c>
       <c r="F42" s="1">
         <v>181</v>
       </c>
       <c r="G42" s="1">
         <v>164</v>
       </c>
       <c r="H42" s="1">
         <v>212</v>
       </c>
       <c r="I42" s="1">
         <v>135</v>
       </c>
       <c r="J42" s="1">
         <v>216</v>
       </c>
       <c r="K42" s="1">
         <v>157</v>
       </c>
@@ -2929,51 +2929,51 @@
       </c>
       <c r="K46" s="1">
         <v>0</v>
       </c>
       <c r="L46" s="1">
         <v>171</v>
       </c>
       <c r="M46" s="1">
         <v>171.0</v>
       </c>
       <c r="N46" s="1">
         <v>171</v>
       </c>
       <c r="O46" s="1">
         <v>28.5</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" s="1">
         <v>44</v>
       </c>
       <c r="B47" s="1">
         <v>1143</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>56</v>
       </c>
       <c r="F47" s="1">
         <v>170</v>
       </c>
       <c r="G47" s="1">
         <v>0</v>
       </c>
       <c r="H47" s="1">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="1">
         <v>0</v>
       </c>
       <c r="K47" s="1">
         <v>0</v>
       </c>
@@ -3587,275 +3587,275 @@
       </c>
       <c r="K60" s="1">
         <v>0</v>
       </c>
       <c r="L60" s="1">
         <v>135</v>
       </c>
       <c r="M60" s="1">
         <v>135.0</v>
       </c>
       <c r="N60" s="1">
         <v>135</v>
       </c>
       <c r="O60" s="1">
         <v>22.5</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61" s="1">
         <v>58</v>
       </c>
       <c r="B61" s="1">
         <v>1207</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>128</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F61" s="1">
         <v>183</v>
       </c>
       <c r="G61" s="1">
         <v>0</v>
       </c>
       <c r="H61" s="1">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="1">
         <v>0</v>
       </c>
       <c r="K61" s="1">
         <v>0</v>
       </c>
       <c r="L61" s="1">
         <v>183</v>
       </c>
       <c r="M61" s="1">
         <v>183.0</v>
       </c>
       <c r="N61" s="1">
         <v>183</v>
       </c>
       <c r="O61" s="1">
         <v>30.5</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62" s="1">
         <v>59</v>
       </c>
       <c r="B62" s="1">
         <v>1148</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>129</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>130</v>
       </c>
       <c r="F62" s="1">
         <v>157</v>
       </c>
       <c r="G62" s="1">
         <v>162</v>
       </c>
       <c r="H62" s="1">
         <v>127</v>
       </c>
       <c r="I62" s="1">
         <v>142</v>
       </c>
       <c r="J62" s="1">
         <v>160</v>
       </c>
       <c r="K62" s="1">
         <v>123</v>
       </c>
       <c r="L62" s="1">
         <v>871</v>
       </c>
       <c r="M62" s="1">
         <v>145.17</v>
       </c>
       <c r="N62" s="1">
         <v>871</v>
       </c>
       <c r="O62" s="1">
         <v>145.17</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63" s="1">
         <v>60</v>
       </c>
       <c r="B63" s="1">
-        <v>1055</v>
+        <v>1685</v>
       </c>
       <c r="C63" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D63" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F63" s="1">
-        <v>150</v>
+        <v>103</v>
       </c>
       <c r="G63" s="1">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="H63" s="1">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="I63" s="1">
-        <v>134</v>
+        <v>170</v>
       </c>
       <c r="J63" s="1">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="K63" s="1">
-        <v>167</v>
+        <v>130</v>
       </c>
       <c r="L63" s="1">
-        <v>901</v>
+        <v>859</v>
       </c>
       <c r="M63" s="1">
-        <v>150.17</v>
+        <v>143.17</v>
       </c>
       <c r="N63" s="1">
-        <v>901</v>
+        <v>859</v>
       </c>
       <c r="O63" s="1">
-        <v>150.17</v>
+        <v>143.17</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64" s="1">
         <v>61</v>
       </c>
       <c r="B64" s="1">
-        <v>2076</v>
+        <v>1055</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D64" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="D64" s="1" t="s">
+      <c r="E64" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="F64" s="1">
+        <v>150</v>
+      </c>
+      <c r="G64" s="1">
+        <v>154</v>
+      </c>
+      <c r="H64" s="1">
+        <v>143</v>
+      </c>
+      <c r="I64" s="1">
         <v>134</v>
       </c>
-      <c r="E64" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J64" s="1">
-        <v>139</v>
+        <v>153</v>
       </c>
       <c r="K64" s="1">
-        <v>149</v>
+        <v>167</v>
       </c>
       <c r="L64" s="1">
-        <v>817</v>
+        <v>901</v>
       </c>
       <c r="M64" s="1">
-        <v>136.17</v>
+        <v>150.17</v>
       </c>
       <c r="N64" s="1">
-        <v>817</v>
+        <v>901</v>
       </c>
       <c r="O64" s="1">
-        <v>136.17</v>
+        <v>150.17</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65" s="1">
         <v>62</v>
       </c>
       <c r="B65" s="1">
-        <v>1685</v>
+        <v>2076</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>64</v>
+        <v>134</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>135</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F65" s="1">
-        <v>103</v>
+        <v>156</v>
       </c>
       <c r="G65" s="1">
-        <v>159</v>
+        <v>125</v>
       </c>
       <c r="H65" s="1">
-        <v>133</v>
+        <v>105</v>
       </c>
       <c r="I65" s="1">
-        <v>170</v>
+        <v>143</v>
       </c>
       <c r="J65" s="1">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="K65" s="1">
-        <v>130</v>
+        <v>149</v>
       </c>
       <c r="L65" s="1">
-        <v>859</v>
+        <v>817</v>
       </c>
       <c r="M65" s="1">
-        <v>143.17</v>
+        <v>136.17</v>
       </c>
       <c r="N65" s="1">
-        <v>859</v>
+        <v>817</v>
       </c>
       <c r="O65" s="1">
-        <v>143.17</v>
+        <v>136.17</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="F2:M2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1ps"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>