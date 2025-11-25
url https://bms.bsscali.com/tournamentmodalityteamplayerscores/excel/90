--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -240,60 +240,60 @@
   <si>
     <t>Betancur</t>
   </si>
   <si>
     <t>Francisco</t>
   </si>
   <si>
     <t>Muñoz</t>
   </si>
   <si>
     <t>Mario</t>
   </si>
   <si>
     <t>Quintero</t>
   </si>
   <si>
     <t>Gamboa</t>
   </si>
   <si>
     <t>Espinosa</t>
   </si>
   <si>
     <t>Jimenez</t>
   </si>
   <si>
+    <t>Dario</t>
+  </si>
+  <si>
+    <t>Rodriguez</t>
+  </si>
+  <si>
     <t>Hector</t>
   </si>
   <si>
     <t>Duarte</t>
-  </si>
-[...4 lines deleted...]
-    <t>Rodriguez</t>
   </si>
   <si>
     <t>German</t>
   </si>
   <si>
     <t>Miranda</t>
   </si>
   <si>
     <t>Franklin</t>
   </si>
   <si>
     <t>Gordillo</t>
   </si>
   <si>
     <t>Javier</t>
   </si>
   <si>
     <t>Castaño</t>
   </si>
   <si>
     <t>Mendez</t>
   </si>
   <si>
     <t>Mondragon</t>
   </si>
@@ -2442,161 +2442,161 @@
       </c>
       <c r="P26" s="1">
         <v>194</v>
       </c>
       <c r="Q26" s="1">
         <v>180</v>
       </c>
       <c r="R26" s="1">
         <v>2163</v>
       </c>
       <c r="S26" s="1">
         <v>180.25</v>
       </c>
       <c r="T26" s="1">
         <v>2163</v>
       </c>
       <c r="U26" s="1">
         <v>180.25</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27" s="1">
         <v>24</v>
       </c>
       <c r="B27" s="1">
-        <v>1146</v>
+        <v>8036</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="F27" s="1">
-        <v>167</v>
+        <v>192</v>
       </c>
       <c r="G27" s="1">
-        <v>185</v>
+        <v>156</v>
       </c>
       <c r="H27" s="1">
-        <v>188</v>
+        <v>158</v>
       </c>
       <c r="I27" s="1">
-        <v>184</v>
+        <v>156</v>
       </c>
       <c r="J27" s="1">
-        <v>172</v>
+        <v>228</v>
       </c>
       <c r="K27" s="1">
-        <v>254</v>
+        <v>190</v>
       </c>
       <c r="L27" s="1">
-        <v>164</v>
+        <v>197</v>
       </c>
       <c r="M27" s="1">
-        <v>175</v>
+        <v>194</v>
       </c>
       <c r="N27" s="1">
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="O27" s="1">
-        <v>213</v>
+        <v>170</v>
       </c>
       <c r="P27" s="1">
-        <v>159</v>
+        <v>181</v>
       </c>
       <c r="Q27" s="1">
-        <v>168</v>
+        <v>193</v>
       </c>
       <c r="R27" s="1">
         <v>2160</v>
       </c>
       <c r="S27" s="1">
         <v>180.0</v>
       </c>
       <c r="T27" s="1">
         <v>2160</v>
       </c>
       <c r="U27" s="1">
         <v>180.0</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1">
-        <v>8036</v>
+        <v>1146</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="F28" s="1">
-        <v>192</v>
+        <v>167</v>
       </c>
       <c r="G28" s="1">
-        <v>156</v>
+        <v>185</v>
       </c>
       <c r="H28" s="1">
-        <v>158</v>
+        <v>188</v>
       </c>
       <c r="I28" s="1">
-        <v>156</v>
+        <v>184</v>
       </c>
       <c r="J28" s="1">
-        <v>228</v>
+        <v>172</v>
       </c>
       <c r="K28" s="1">
-        <v>190</v>
+        <v>254</v>
       </c>
       <c r="L28" s="1">
-        <v>197</v>
+        <v>164</v>
       </c>
       <c r="M28" s="1">
-        <v>194</v>
+        <v>175</v>
       </c>
       <c r="N28" s="1">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="O28" s="1">
-        <v>170</v>
+        <v>213</v>
       </c>
       <c r="P28" s="1">
-        <v>181</v>
+        <v>159</v>
       </c>
       <c r="Q28" s="1">
-        <v>193</v>
+        <v>168</v>
       </c>
       <c r="R28" s="1">
         <v>2160</v>
       </c>
       <c r="S28" s="1">
         <v>180.0</v>
       </c>
       <c r="T28" s="1">
         <v>2160</v>
       </c>
       <c r="U28" s="1">
         <v>180.0</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" s="1">
         <v>26</v>
       </c>
       <c r="B29" s="1">
         <v>1144</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D29" s="1" t="s">
@@ -2770,51 +2770,51 @@
       </c>
       <c r="Q31" s="1">
         <v>211</v>
       </c>
       <c r="R31" s="1">
         <v>2136</v>
       </c>
       <c r="S31" s="1">
         <v>178.0</v>
       </c>
       <c r="T31" s="1">
         <v>2136</v>
       </c>
       <c r="U31" s="1">
         <v>178.0</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" s="1">
         <v>29</v>
       </c>
       <c r="B32" s="1">
         <v>1120</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F32" s="1">
         <v>212</v>
       </c>
       <c r="G32" s="1">
         <v>176</v>
       </c>
       <c r="H32" s="1">
         <v>209</v>
       </c>
       <c r="I32" s="1">
         <v>168</v>
       </c>
       <c r="J32" s="1">
         <v>192</v>
       </c>
       <c r="K32" s="1">
         <v>189</v>
       </c>
@@ -4005,51 +4005,51 @@
       </c>
       <c r="Q50" s="1">
         <v>156</v>
       </c>
       <c r="R50" s="1">
         <v>1982</v>
       </c>
       <c r="S50" s="1">
         <v>165.17</v>
       </c>
       <c r="T50" s="1">
         <v>1982</v>
       </c>
       <c r="U50" s="1">
         <v>165.17</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51" s="1">
         <v>48</v>
       </c>
       <c r="B51" s="1">
         <v>1121</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>116</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F51" s="1">
         <v>156</v>
       </c>
       <c r="G51" s="1">
         <v>152</v>
       </c>
       <c r="H51" s="1">
         <v>132</v>
       </c>
       <c r="I51" s="1">
         <v>176</v>
       </c>
       <c r="J51" s="1">
         <v>171</v>
       </c>
       <c r="K51" s="1">
         <v>123</v>
       </c>