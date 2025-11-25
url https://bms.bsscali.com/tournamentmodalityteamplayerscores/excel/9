--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -1616,125 +1616,125 @@
       </c>
       <c r="J21" s="1">
         <v>129</v>
       </c>
       <c r="K21" s="1">
         <v>187</v>
       </c>
       <c r="L21" s="1">
         <v>1071</v>
       </c>
       <c r="M21" s="1">
         <v>178.5</v>
       </c>
       <c r="N21" s="1">
         <v>1071</v>
       </c>
       <c r="O21" s="1">
         <v>178.5</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" s="1">
         <v>19</v>
       </c>
       <c r="B22" s="1">
-        <v>1410</v>
+        <v>2746</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="F22" s="1">
-        <v>203</v>
+        <v>126</v>
       </c>
       <c r="G22" s="1">
-        <v>162</v>
+        <v>199</v>
       </c>
       <c r="H22" s="1">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="I22" s="1">
-        <v>183</v>
+        <v>196</v>
       </c>
       <c r="J22" s="1">
-        <v>193</v>
+        <v>210</v>
       </c>
       <c r="K22" s="1">
-        <v>164</v>
+        <v>182</v>
       </c>
       <c r="L22" s="1">
         <v>1070</v>
       </c>
       <c r="M22" s="1">
         <v>178.33</v>
       </c>
       <c r="N22" s="1">
         <v>1070</v>
       </c>
       <c r="O22" s="1">
         <v>178.33</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" s="1">
         <v>20</v>
       </c>
       <c r="B23" s="1">
-        <v>2746</v>
+        <v>1410</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="F23" s="1">
-        <v>126</v>
+        <v>203</v>
       </c>
       <c r="G23" s="1">
-        <v>199</v>
+        <v>162</v>
       </c>
       <c r="H23" s="1">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="I23" s="1">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="J23" s="1">
-        <v>210</v>
+        <v>193</v>
       </c>
       <c r="K23" s="1">
-        <v>182</v>
+        <v>164</v>
       </c>
       <c r="L23" s="1">
         <v>1070</v>
       </c>
       <c r="M23" s="1">
         <v>178.33</v>
       </c>
       <c r="N23" s="1">
         <v>1070</v>
       </c>
       <c r="O23" s="1">
         <v>178.33</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1">
         <v>2</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D24" s="1" t="s">