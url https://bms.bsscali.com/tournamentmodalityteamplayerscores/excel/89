--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -258,60 +258,60 @@
   <si>
     <t>Aura</t>
   </si>
   <si>
     <t>Roman</t>
   </si>
   <si>
     <t>Nariño</t>
   </si>
   <si>
     <t>Maria Victoria</t>
   </si>
   <si>
     <t>Correal</t>
   </si>
   <si>
     <t>Sandra</t>
   </si>
   <si>
     <t>Montealegre</t>
   </si>
   <si>
     <t>Elizabeth</t>
   </si>
   <si>
+    <t>Beatriz E</t>
+  </si>
+  <si>
+    <t>Davis</t>
+  </si>
+  <si>
     <t>Gladys</t>
   </si>
   <si>
     <t>Tobar</t>
-  </si>
-[...4 lines deleted...]
-    <t>Davis</t>
   </si>
   <si>
     <t>Victoria</t>
   </si>
   <si>
     <t>Sierra</t>
   </si>
   <si>
     <t>Maritza</t>
   </si>
   <si>
     <t>Maria</t>
   </si>
   <si>
     <t>Villarraga</t>
   </si>
   <si>
     <t>Osorio</t>
   </si>
   <si>
     <t>Palacio</t>
   </si>
   <si>
     <t>Luz S</t>
   </si>
@@ -2503,161 +2503,161 @@
       </c>
       <c r="P28" s="1">
         <v>139</v>
       </c>
       <c r="Q28" s="1">
         <v>172</v>
       </c>
       <c r="R28" s="1">
         <v>1909</v>
       </c>
       <c r="S28" s="1">
         <v>159.08</v>
       </c>
       <c r="T28" s="1">
         <v>1909</v>
       </c>
       <c r="U28" s="1">
         <v>159.08</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" s="1">
         <v>26</v>
       </c>
       <c r="B29" s="1">
-        <v>2708</v>
+        <v>2305</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>82</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="F29" s="1">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="G29" s="1">
-        <v>202</v>
+        <v>186</v>
       </c>
       <c r="H29" s="1">
+        <v>153</v>
+      </c>
+      <c r="I29" s="1">
         <v>147</v>
       </c>
-      <c r="I29" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="J29" s="1">
-        <v>200</v>
+        <v>151</v>
       </c>
       <c r="K29" s="1">
+        <v>166</v>
+      </c>
+      <c r="L29" s="1">
+        <v>121</v>
+      </c>
+      <c r="M29" s="1">
+        <v>118</v>
+      </c>
+      <c r="N29" s="1">
         <v>147</v>
       </c>
-      <c r="L29" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="O29" s="1">
-        <v>142</v>
+        <v>168</v>
       </c>
       <c r="P29" s="1">
-        <v>139</v>
+        <v>173</v>
       </c>
       <c r="Q29" s="1">
-        <v>148</v>
+        <v>198</v>
       </c>
       <c r="R29" s="1">
         <v>1891</v>
       </c>
       <c r="S29" s="1">
         <v>157.58</v>
       </c>
       <c r="T29" s="1">
         <v>1891</v>
       </c>
       <c r="U29" s="1">
         <v>157.58</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1">
-        <v>2305</v>
+        <v>2708</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="F30" s="1">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="G30" s="1">
+        <v>202</v>
+      </c>
+      <c r="H30" s="1">
+        <v>147</v>
+      </c>
+      <c r="I30" s="1">
+        <v>136</v>
+      </c>
+      <c r="J30" s="1">
+        <v>200</v>
+      </c>
+      <c r="K30" s="1">
+        <v>147</v>
+      </c>
+      <c r="L30" s="1">
+        <v>150</v>
+      </c>
+      <c r="M30" s="1">
         <v>186</v>
       </c>
-      <c r="H30" s="1">
-[...16 lines deleted...]
-      </c>
       <c r="N30" s="1">
-        <v>147</v>
+        <v>133</v>
       </c>
       <c r="O30" s="1">
-        <v>168</v>
+        <v>142</v>
       </c>
       <c r="P30" s="1">
-        <v>173</v>
+        <v>139</v>
       </c>
       <c r="Q30" s="1">
-        <v>198</v>
+        <v>148</v>
       </c>
       <c r="R30" s="1">
         <v>1891</v>
       </c>
       <c r="S30" s="1">
         <v>157.58</v>
       </c>
       <c r="T30" s="1">
         <v>1891</v>
       </c>
       <c r="U30" s="1">
         <v>157.58</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" s="1">
         <v>28</v>
       </c>
       <c r="B31" s="1">
         <v>1107</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="1" t="s">