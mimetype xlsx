--- v1 (2025-11-25)
+++ v2 (2026-01-15)
@@ -198,120 +198,120 @@
   <si>
     <t>Liliana</t>
   </si>
   <si>
     <t>Garcia</t>
   </si>
   <si>
     <t>Carmenza</t>
   </si>
   <si>
     <t>Franco</t>
   </si>
   <si>
     <t>Risaralda</t>
   </si>
   <si>
     <t>Nidia</t>
   </si>
   <si>
     <t>Arias</t>
   </si>
   <si>
     <t>Los Amigos</t>
   </si>
   <si>
+    <t>Beatriz</t>
+  </si>
+  <si>
+    <t>Arteaga</t>
+  </si>
+  <si>
     <t>Gloria</t>
   </si>
   <si>
     <t>Vargas</t>
   </si>
   <si>
-    <t>Beatriz</t>
-[...4 lines deleted...]
-  <si>
     <t>Nora</t>
   </si>
   <si>
     <t>Delgado</t>
   </si>
   <si>
     <t>Polo</t>
   </si>
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Flor</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>Yolanda</t>
   </si>
   <si>
     <t>Martinez</t>
   </si>
   <si>
     <t>Aura</t>
   </si>
   <si>
     <t>Roman</t>
   </si>
   <si>
     <t>Nariño</t>
   </si>
   <si>
     <t>Maria Victoria</t>
   </si>
   <si>
     <t>Correal</t>
   </si>
   <si>
     <t>Sandra</t>
   </si>
   <si>
     <t>Montealegre</t>
   </si>
   <si>
     <t>Elizabeth</t>
   </si>
   <si>
+    <t>Gladys</t>
+  </si>
+  <si>
+    <t>Tobar</t>
+  </si>
+  <si>
     <t>Beatriz E</t>
   </si>
   <si>
     <t>Davis</t>
-  </si>
-[...4 lines deleted...]
-    <t>Tobar</t>
   </si>
   <si>
     <t>Victoria</t>
   </si>
   <si>
     <t>Sierra</t>
   </si>
   <si>
     <t>Maritza</t>
   </si>
   <si>
     <t>Maria</t>
   </si>
   <si>
     <t>Villarraga</t>
   </si>
   <si>
     <t>Osorio</t>
   </si>
   <si>
     <t>Palacio</t>
   </si>
   <si>
     <t>Luz S</t>
   </si>
@@ -1788,184 +1788,184 @@
       </c>
       <c r="P17" s="1">
         <v>201</v>
       </c>
       <c r="Q17" s="1">
         <v>149</v>
       </c>
       <c r="R17" s="1">
         <v>2043</v>
       </c>
       <c r="S17" s="1">
         <v>170.25</v>
       </c>
       <c r="T17" s="1">
         <v>2043</v>
       </c>
       <c r="U17" s="1">
         <v>170.25</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18" s="1">
         <v>15</v>
       </c>
       <c r="B18" s="1">
-        <v>1110</v>
+        <v>1109</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F18" s="1">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="G18" s="1">
-        <v>166</v>
+        <v>144</v>
       </c>
       <c r="H18" s="1">
+        <v>213</v>
+      </c>
+      <c r="I18" s="1">
         <v>159</v>
       </c>
-      <c r="I18" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="J18" s="1">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c r="K18" s="1">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="L18" s="1">
-        <v>183</v>
+        <v>198</v>
       </c>
       <c r="M18" s="1">
-        <v>197</v>
+        <v>168</v>
       </c>
       <c r="N18" s="1">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="O18" s="1">
-        <v>213</v>
+        <v>180</v>
       </c>
       <c r="P18" s="1">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="Q18" s="1">
-        <v>172</v>
+        <v>139</v>
       </c>
       <c r="R18" s="1">
         <v>2027</v>
       </c>
       <c r="S18" s="1">
         <v>168.92</v>
       </c>
       <c r="T18" s="1">
         <v>2027</v>
       </c>
       <c r="U18" s="1">
         <v>168.92</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19" s="1">
         <v>16</v>
       </c>
       <c r="B19" s="1">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F19" s="1">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="G19" s="1">
-        <v>144</v>
+        <v>166</v>
       </c>
       <c r="H19" s="1">
+        <v>159</v>
+      </c>
+      <c r="I19" s="1">
+        <v>169</v>
+      </c>
+      <c r="J19" s="1">
+        <v>105</v>
+      </c>
+      <c r="K19" s="1">
+        <v>177</v>
+      </c>
+      <c r="L19" s="1">
+        <v>183</v>
+      </c>
+      <c r="M19" s="1">
+        <v>197</v>
+      </c>
+      <c r="N19" s="1">
+        <v>187</v>
+      </c>
+      <c r="O19" s="1">
         <v>213</v>
       </c>
-      <c r="I19" s="1">
-[...19 lines deleted...]
-      </c>
       <c r="P19" s="1">
+        <v>146</v>
+      </c>
+      <c r="Q19" s="1">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="R19" s="1">
         <v>2027</v>
       </c>
       <c r="S19" s="1">
         <v>168.92</v>
       </c>
       <c r="T19" s="1">
         <v>2027</v>
       </c>
       <c r="U19" s="1">
         <v>168.92</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" s="1">
         <v>17</v>
       </c>
       <c r="B20" s="1">
         <v>1130</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F20" s="1">
         <v>144</v>
       </c>
       <c r="G20" s="1">
         <v>190</v>
       </c>
       <c r="H20" s="1">
         <v>175</v>
       </c>
       <c r="I20" s="1">
         <v>181</v>
       </c>
       <c r="J20" s="1">
         <v>176</v>
       </c>
       <c r="K20" s="1">
         <v>137</v>
       </c>
@@ -2503,161 +2503,161 @@
       </c>
       <c r="P28" s="1">
         <v>139</v>
       </c>
       <c r="Q28" s="1">
         <v>172</v>
       </c>
       <c r="R28" s="1">
         <v>1909</v>
       </c>
       <c r="S28" s="1">
         <v>159.08</v>
       </c>
       <c r="T28" s="1">
         <v>1909</v>
       </c>
       <c r="U28" s="1">
         <v>159.08</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29" s="1">
         <v>26</v>
       </c>
       <c r="B29" s="1">
-        <v>2305</v>
+        <v>2708</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>82</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="F29" s="1">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="G29" s="1">
+        <v>202</v>
+      </c>
+      <c r="H29" s="1">
+        <v>147</v>
+      </c>
+      <c r="I29" s="1">
+        <v>136</v>
+      </c>
+      <c r="J29" s="1">
+        <v>200</v>
+      </c>
+      <c r="K29" s="1">
+        <v>147</v>
+      </c>
+      <c r="L29" s="1">
+        <v>150</v>
+      </c>
+      <c r="M29" s="1">
         <v>186</v>
       </c>
-      <c r="H29" s="1">
-[...16 lines deleted...]
-      </c>
       <c r="N29" s="1">
-        <v>147</v>
+        <v>133</v>
       </c>
       <c r="O29" s="1">
-        <v>168</v>
+        <v>142</v>
       </c>
       <c r="P29" s="1">
-        <v>173</v>
+        <v>139</v>
       </c>
       <c r="Q29" s="1">
-        <v>198</v>
+        <v>148</v>
       </c>
       <c r="R29" s="1">
         <v>1891</v>
       </c>
       <c r="S29" s="1">
         <v>157.58</v>
       </c>
       <c r="T29" s="1">
         <v>1891</v>
       </c>
       <c r="U29" s="1">
         <v>157.58</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1">
-        <v>2708</v>
+        <v>2305</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="F30" s="1">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="G30" s="1">
-        <v>202</v>
+        <v>186</v>
       </c>
       <c r="H30" s="1">
+        <v>153</v>
+      </c>
+      <c r="I30" s="1">
         <v>147</v>
       </c>
-      <c r="I30" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="J30" s="1">
-        <v>200</v>
+        <v>151</v>
       </c>
       <c r="K30" s="1">
+        <v>166</v>
+      </c>
+      <c r="L30" s="1">
+        <v>121</v>
+      </c>
+      <c r="M30" s="1">
+        <v>118</v>
+      </c>
+      <c r="N30" s="1">
         <v>147</v>
       </c>
-      <c r="L30" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="O30" s="1">
-        <v>142</v>
+        <v>168</v>
       </c>
       <c r="P30" s="1">
-        <v>139</v>
+        <v>173</v>
       </c>
       <c r="Q30" s="1">
-        <v>148</v>
+        <v>198</v>
       </c>
       <c r="R30" s="1">
         <v>1891</v>
       </c>
       <c r="S30" s="1">
         <v>157.58</v>
       </c>
       <c r="T30" s="1">
         <v>1891</v>
       </c>
       <c r="U30" s="1">
         <v>157.58</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" s="1">
         <v>28</v>
       </c>
       <c r="B31" s="1">
         <v>1107</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="1" t="s">
@@ -2704,51 +2704,51 @@
       </c>
       <c r="R31" s="1">
         <v>1890</v>
       </c>
       <c r="S31" s="1">
         <v>157.5</v>
       </c>
       <c r="T31" s="1">
         <v>1890</v>
       </c>
       <c r="U31" s="1">
         <v>157.5</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" s="1">
         <v>29</v>
       </c>
       <c r="B32" s="1">
         <v>1112</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F32" s="1">
         <v>168</v>
       </c>
       <c r="G32" s="1">
         <v>155</v>
       </c>
       <c r="H32" s="1">
         <v>176</v>
       </c>
       <c r="I32" s="1">
         <v>174</v>
       </c>
       <c r="J32" s="1">
         <v>155</v>
       </c>
       <c r="K32" s="1">
         <v>179</v>
       </c>
       <c r="L32" s="1">
         <v>155</v>
       </c>