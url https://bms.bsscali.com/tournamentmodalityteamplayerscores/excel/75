--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -222,78 +222,78 @@
   <si>
     <t>Urrego</t>
   </si>
   <si>
     <t>Toby</t>
   </si>
   <si>
     <t>Mariana</t>
   </si>
   <si>
     <t>Santos</t>
   </si>
   <si>
     <t>Jose Luis</t>
   </si>
   <si>
     <t>Escobar</t>
   </si>
   <si>
     <t>Mauricio</t>
   </si>
   <si>
     <t>Martinez</t>
   </si>
   <si>
+    <t>Maria Camila</t>
+  </si>
+  <si>
+    <t>Ferraro</t>
+  </si>
+  <si>
     <t>Stefany</t>
   </si>
   <si>
     <t>Burgos</t>
   </si>
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Xuxan</t>
   </si>
   <si>
     <t>Niño</t>
   </si>
   <si>
     <t>Andres</t>
   </si>
   <si>
     <t>Camacho</t>
   </si>
   <si>
     <t>Juan D</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ferraro</t>
   </si>
   <si>
     <t>Maria J</t>
   </si>
   <si>
     <t>Santander</t>
   </si>
   <si>
     <t>Gabriela</t>
   </si>
   <si>
     <t>Betancur</t>
   </si>
   <si>
     <t xml:space="preserve">Santiago </t>
   </si>
   <si>
     <t>Cristian C</t>
   </si>
   <si>
     <t>Lores</t>
   </si>
   <si>
     <t>Johan</t>
   </si>
@@ -2021,278 +2021,278 @@
       </c>
       <c r="J27" s="1">
         <v>189</v>
       </c>
       <c r="K27" s="1">
         <v>199</v>
       </c>
       <c r="L27" s="1">
         <v>1218</v>
       </c>
       <c r="M27" s="1">
         <v>203.0</v>
       </c>
       <c r="N27" s="1">
         <v>1218</v>
       </c>
       <c r="O27" s="1">
         <v>203.0</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1">
-        <v>8085</v>
+        <v>2527</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="F28" s="1">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="G28" s="1">
-        <v>154</v>
+        <v>199</v>
       </c>
       <c r="H28" s="1">
-        <v>236</v>
+        <v>171</v>
       </c>
       <c r="I28" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
       <c r="J28" s="1">
-        <v>152</v>
+        <v>218</v>
       </c>
       <c r="K28" s="1">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="L28" s="1">
-        <v>1045</v>
+        <v>1136</v>
       </c>
       <c r="M28" s="1">
-        <v>174.17</v>
+        <v>189.33</v>
       </c>
       <c r="N28" s="1">
-        <v>1045</v>
+        <v>1136</v>
       </c>
       <c r="O28" s="1">
-        <v>174.17</v>
+        <v>189.33</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" s="1">
         <v>26</v>
       </c>
       <c r="B29" s="1">
-        <v>160005</v>
+        <v>8085</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="E29" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="E29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="1">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="G29" s="1">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="H29" s="1">
-        <v>143</v>
+        <v>236</v>
       </c>
       <c r="I29" s="1">
-        <v>201</v>
+        <v>140</v>
       </c>
       <c r="J29" s="1">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="K29" s="1">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="L29" s="1">
-        <v>986</v>
+        <v>1045</v>
       </c>
       <c r="M29" s="1">
-        <v>164.33</v>
+        <v>174.17</v>
       </c>
       <c r="N29" s="1">
-        <v>986</v>
+        <v>1045</v>
       </c>
       <c r="O29" s="1">
-        <v>164.33</v>
+        <v>174.17</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1">
-        <v>1</v>
+        <v>160005</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="F30" s="1">
-        <v>206</v>
+        <v>177</v>
       </c>
       <c r="G30" s="1">
         <v>147</v>
       </c>
       <c r="H30" s="1">
-        <v>181</v>
+        <v>143</v>
       </c>
       <c r="I30" s="1">
-        <v>230</v>
+        <v>201</v>
       </c>
       <c r="J30" s="1">
-        <v>251</v>
+        <v>139</v>
       </c>
       <c r="K30" s="1">
-        <v>203</v>
+        <v>179</v>
       </c>
       <c r="L30" s="1">
-        <v>1218</v>
+        <v>986</v>
       </c>
       <c r="M30" s="1">
-        <v>203.0</v>
+        <v>164.33</v>
       </c>
       <c r="N30" s="1">
-        <v>1218</v>
+        <v>986</v>
       </c>
       <c r="O30" s="1">
-        <v>203.0</v>
+        <v>164.33</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" s="1">
         <v>28</v>
       </c>
       <c r="B31" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>6</v>
+        <v>77</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F31" s="1">
-        <v>233</v>
+        <v>206</v>
       </c>
       <c r="G31" s="1">
-        <v>244</v>
+        <v>147</v>
       </c>
       <c r="H31" s="1">
-        <v>222</v>
+        <v>181</v>
       </c>
       <c r="I31" s="1">
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="J31" s="1">
-        <v>213</v>
+        <v>251</v>
       </c>
       <c r="K31" s="1">
-        <v>171</v>
+        <v>203</v>
       </c>
       <c r="L31" s="1">
-        <v>1295</v>
+        <v>1218</v>
       </c>
       <c r="M31" s="1">
-        <v>215.83</v>
+        <v>203.0</v>
       </c>
       <c r="N31" s="1">
-        <v>1295</v>
+        <v>1218</v>
       </c>
       <c r="O31" s="1">
-        <v>215.83</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" s="1">
         <v>29</v>
       </c>
       <c r="B32" s="1">
-        <v>2527</v>
+        <v>3</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>41</v>
       </c>
       <c r="F32" s="1">
-        <v>195</v>
+        <v>233</v>
       </c>
       <c r="G32" s="1">
-        <v>199</v>
+        <v>244</v>
       </c>
       <c r="H32" s="1">
+        <v>222</v>
+      </c>
+      <c r="I32" s="1">
+        <v>212</v>
+      </c>
+      <c r="J32" s="1">
+        <v>213</v>
+      </c>
+      <c r="K32" s="1">
         <v>171</v>
       </c>
-      <c r="I32" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="L32" s="1">
-        <v>1136</v>
+        <v>1295</v>
       </c>
       <c r="M32" s="1">
-        <v>189.33</v>
+        <v>215.83</v>
       </c>
       <c r="N32" s="1">
-        <v>1136</v>
+        <v>1295</v>
       </c>
       <c r="O32" s="1">
-        <v>189.33</v>
+        <v>215.83</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" s="1">
         <v>30</v>
       </c>
       <c r="B33" s="1">
         <v>1256</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>62</v>
       </c>
       <c r="F33" s="1">
         <v>169</v>
       </c>
       <c r="G33" s="1">
         <v>151</v>
       </c>
       <c r="H33" s="1">