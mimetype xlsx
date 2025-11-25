--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -336,66 +336,66 @@
   <si>
     <t>Santander</t>
   </si>
   <si>
     <t>Cristian C</t>
   </si>
   <si>
     <t>Lores</t>
   </si>
   <si>
     <t>Veronica</t>
   </si>
   <si>
     <t>Zarama</t>
   </si>
   <si>
     <t>Oscar</t>
   </si>
   <si>
     <t>Guerrero</t>
   </si>
   <si>
     <t>Nariño</t>
   </si>
   <si>
+    <t>Valentina</t>
+  </si>
+  <si>
+    <t>Cervantes</t>
+  </si>
+  <si>
+    <t>Alejandro</t>
+  </si>
+  <si>
+    <t>Zambrano</t>
+  </si>
+  <si>
     <t>Mateo</t>
   </si>
   <si>
     <t>Arevalo</t>
-  </si>
-[...10 lines deleted...]
-    <t>Zambrano</t>
   </si>
   <si>
     <t>Juan G</t>
   </si>
   <si>
     <t>Londoño</t>
   </si>
   <si>
     <t xml:space="preserve">Julio </t>
   </si>
   <si>
     <t>Higuera P</t>
   </si>
   <si>
     <t>Cortez</t>
   </si>
   <si>
     <t>Juan Esteban</t>
   </si>
   <si>
     <t>Checa</t>
   </si>
   <si>
     <t>Ana</t>
   </si>
@@ -3008,184 +3008,184 @@
       </c>
       <c r="J48" s="1">
         <v>163</v>
       </c>
       <c r="K48" s="1">
         <v>171</v>
       </c>
       <c r="L48" s="1">
         <v>1153</v>
       </c>
       <c r="M48" s="1">
         <v>192.17</v>
       </c>
       <c r="N48" s="1">
         <v>1153</v>
       </c>
       <c r="O48" s="1">
         <v>192.17</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49" s="1">
         <v>46</v>
       </c>
       <c r="B49" s="1">
-        <v>160009</v>
+        <v>160004</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>108</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="F49" s="1">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="G49" s="1">
+        <v>160</v>
+      </c>
+      <c r="H49" s="1">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="I49" s="1">
         <v>169</v>
       </c>
       <c r="J49" s="1">
-        <v>186</v>
+        <v>153</v>
       </c>
       <c r="K49" s="1">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="L49" s="1">
-        <v>1073</v>
+        <v>1028</v>
       </c>
       <c r="M49" s="1">
-        <v>178.83</v>
+        <v>171.33</v>
       </c>
       <c r="N49" s="1">
-        <v>1073</v>
+        <v>1028</v>
       </c>
       <c r="O49" s="1">
-        <v>178.83</v>
+        <v>171.33</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" s="1">
         <v>47</v>
       </c>
       <c r="B50" s="1">
-        <v>160004</v>
+        <v>8006</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>75</v>
       </c>
       <c r="F50" s="1">
-        <v>219</v>
+        <v>201</v>
       </c>
       <c r="G50" s="1">
-        <v>160</v>
+        <v>199</v>
       </c>
       <c r="H50" s="1">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="I50" s="1">
-        <v>169</v>
+        <v>194</v>
       </c>
       <c r="J50" s="1">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="K50" s="1">
-        <v>175</v>
+        <v>204</v>
       </c>
       <c r="L50" s="1">
-        <v>1028</v>
+        <v>1118</v>
       </c>
       <c r="M50" s="1">
-        <v>171.33</v>
+        <v>186.33</v>
       </c>
       <c r="N50" s="1">
-        <v>1028</v>
+        <v>1118</v>
       </c>
       <c r="O50" s="1">
-        <v>171.33</v>
+        <v>186.33</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51" s="1">
         <v>48</v>
       </c>
       <c r="B51" s="1">
-        <v>8006</v>
+        <v>160009</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
       <c r="F51" s="1">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="G51" s="1">
-        <v>199</v>
+        <v>152</v>
       </c>
       <c r="H51" s="1">
-        <v>161</v>
+        <v>180</v>
       </c>
       <c r="I51" s="1">
-        <v>194</v>
+        <v>169</v>
       </c>
       <c r="J51" s="1">
-        <v>159</v>
+        <v>186</v>
       </c>
       <c r="K51" s="1">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="L51" s="1">
-        <v>1118</v>
+        <v>1073</v>
       </c>
       <c r="M51" s="1">
-        <v>186.33</v>
+        <v>178.83</v>
       </c>
       <c r="N51" s="1">
-        <v>1118</v>
+        <v>1073</v>
       </c>
       <c r="O51" s="1">
-        <v>186.33</v>
+        <v>178.83</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52" s="1">
         <v>49</v>
       </c>
       <c r="B52" s="1">
         <v>1938</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>61</v>
       </c>
       <c r="F52" s="1">
         <v>218</v>
       </c>
       <c r="G52" s="1">
         <v>148</v>
       </c>
       <c r="H52" s="1">
@@ -3246,51 +3246,51 @@
       </c>
       <c r="K53" s="1">
         <v>159</v>
       </c>
       <c r="L53" s="1">
         <v>1044</v>
       </c>
       <c r="M53" s="1">
         <v>174.0</v>
       </c>
       <c r="N53" s="1">
         <v>1044</v>
       </c>
       <c r="O53" s="1">
         <v>174.0</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54" s="1">
         <v>51</v>
       </c>
       <c r="B54" s="1">
         <v>8065</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>117</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>106</v>
       </c>
       <c r="F54" s="1">
         <v>169</v>
       </c>
       <c r="G54" s="1">
         <v>167</v>
       </c>
       <c r="H54" s="1">
         <v>172</v>
       </c>
       <c r="I54" s="1">
         <v>138</v>
       </c>
       <c r="J54" s="1">
         <v>157</v>
       </c>
       <c r="K54" s="1">
         <v>174</v>
       </c>