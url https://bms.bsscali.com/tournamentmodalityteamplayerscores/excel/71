--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -147,63 +147,63 @@
   <si>
     <t>Atlantico</t>
   </si>
   <si>
     <t>Angelica</t>
   </si>
   <si>
     <t>Urrego</t>
   </si>
   <si>
     <t>Toby</t>
   </si>
   <si>
     <t xml:space="preserve">Juliana </t>
   </si>
   <si>
     <t>Rincon</t>
   </si>
   <si>
     <t>Cañaveral</t>
   </si>
   <si>
     <t>Lopez</t>
   </si>
   <si>
+    <t>Valentina</t>
+  </si>
+  <si>
+    <t>Cervantes</t>
+  </si>
+  <si>
     <t>Gabriela</t>
   </si>
   <si>
     <t>Betancur</t>
   </si>
   <si>
     <t>Los Amigos</t>
-  </si>
-[...4 lines deleted...]
-    <t>Cervantes</t>
   </si>
   <si>
     <t>Xuxan</t>
   </si>
   <si>
     <t>Niño</t>
   </si>
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Alejandra</t>
   </si>
   <si>
     <t>Larrota</t>
   </si>
   <si>
     <t>Maria J</t>
   </si>
   <si>
     <t>Santander</t>
   </si>
   <si>
     <t>Cortez</t>
   </si>
@@ -1218,125 +1218,125 @@
       </c>
       <c r="J14" s="1">
         <v>193</v>
       </c>
       <c r="K14" s="1">
         <v>169</v>
       </c>
       <c r="L14" s="1">
         <v>1048</v>
       </c>
       <c r="M14" s="1">
         <v>174.67</v>
       </c>
       <c r="N14" s="1">
         <v>1048</v>
       </c>
       <c r="O14" s="1">
         <v>174.67</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1">
         <v>12</v>
       </c>
       <c r="B15" s="1">
-        <v>2498</v>
+        <v>160004</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="F15" s="1">
-        <v>179</v>
+        <v>156</v>
       </c>
       <c r="G15" s="1">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="H15" s="1">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="I15" s="1">
-        <v>164</v>
+        <v>198</v>
       </c>
       <c r="J15" s="1">
-        <v>206</v>
+        <v>175</v>
       </c>
       <c r="K15" s="1">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="L15" s="1">
         <v>1033</v>
       </c>
       <c r="M15" s="1">
         <v>172.17</v>
       </c>
       <c r="N15" s="1">
         <v>1033</v>
       </c>
       <c r="O15" s="1">
         <v>172.17</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="1">
         <v>13</v>
       </c>
       <c r="B16" s="1">
-        <v>160004</v>
+        <v>2498</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="E16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="1">
-        <v>156</v>
+        <v>179</v>
       </c>
       <c r="G16" s="1">
-        <v>156</v>
+        <v>133</v>
       </c>
       <c r="H16" s="1">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="I16" s="1">
-        <v>198</v>
+        <v>164</v>
       </c>
       <c r="J16" s="1">
-        <v>175</v>
+        <v>206</v>
       </c>
       <c r="K16" s="1">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="L16" s="1">
         <v>1033</v>
       </c>
       <c r="M16" s="1">
         <v>172.17</v>
       </c>
       <c r="N16" s="1">
         <v>1033</v>
       </c>
       <c r="O16" s="1">
         <v>172.17</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1">
         <v>160005</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="1" t="s">
@@ -1456,51 +1456,51 @@
       </c>
       <c r="K19" s="1">
         <v>161</v>
       </c>
       <c r="L19" s="1">
         <v>990</v>
       </c>
       <c r="M19" s="1">
         <v>165.0</v>
       </c>
       <c r="N19" s="1">
         <v>990</v>
       </c>
       <c r="O19" s="1">
         <v>165.0</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" s="1">
         <v>17</v>
       </c>
       <c r="B20" s="1">
         <v>8065</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F20" s="1">
         <v>143</v>
       </c>
       <c r="G20" s="1">
         <v>145</v>
       </c>
       <c r="H20" s="1">
         <v>186</v>
       </c>
       <c r="I20" s="1">
         <v>157</v>
       </c>
       <c r="J20" s="1">
         <v>172</v>
       </c>
       <c r="K20" s="1">
         <v>167</v>
       </c>