--- v0 (2025-10-06)
+++ v1 (2026-01-15)
@@ -210,54 +210,54 @@
   <si>
     <t>Andres</t>
   </si>
   <si>
     <t>Camacho</t>
   </si>
   <si>
     <t>Santiago</t>
   </si>
   <si>
     <t>Jurado</t>
   </si>
   <si>
     <t>Caldas</t>
   </si>
   <si>
     <t>Oscar</t>
   </si>
   <si>
     <t>Guerrero</t>
   </si>
   <si>
     <t>Nariño</t>
   </si>
   <si>
+    <t>Esteban</t>
+  </si>
+  <si>
     <t>Jose Alberto</t>
-  </si>
-[...1 lines deleted...]
-    <t>Esteban</t>
   </si>
   <si>
     <t>Gabriel</t>
   </si>
   <si>
     <t>Arenas</t>
   </si>
   <si>
     <t>Cristian C</t>
   </si>
   <si>
     <t>Lores</t>
   </si>
   <si>
     <t>Alejandro</t>
   </si>
   <si>
     <t>Zambrano</t>
   </si>
   <si>
     <t>Diaz</t>
   </si>
   <si>
     <t>William</t>
   </si>
@@ -1716,125 +1716,125 @@
       </c>
       <c r="J23" s="1">
         <v>215</v>
       </c>
       <c r="K23" s="1">
         <v>173</v>
       </c>
       <c r="L23" s="1">
         <v>1062</v>
       </c>
       <c r="M23" s="1">
         <v>177.0</v>
       </c>
       <c r="N23" s="1">
         <v>1062</v>
       </c>
       <c r="O23" s="1">
         <v>177.0</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1">
-        <v>2306</v>
+        <v>1067</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="F24" s="1">
-        <v>212</v>
+        <v>190</v>
       </c>
       <c r="G24" s="1">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="H24" s="1">
-        <v>173</v>
+        <v>159</v>
       </c>
       <c r="I24" s="1">
-        <v>161</v>
+        <v>247</v>
       </c>
       <c r="J24" s="1">
-        <v>160</v>
+        <v>128</v>
       </c>
       <c r="K24" s="1">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="L24" s="1">
         <v>1057</v>
       </c>
       <c r="M24" s="1">
         <v>176.17</v>
       </c>
       <c r="N24" s="1">
         <v>1057</v>
       </c>
       <c r="O24" s="1">
         <v>176.17</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1">
-        <v>1067</v>
+        <v>2306</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="F25" s="1">
-        <v>190</v>
+        <v>212</v>
       </c>
       <c r="G25" s="1">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="H25" s="1">
-        <v>159</v>
+        <v>173</v>
       </c>
       <c r="I25" s="1">
-        <v>247</v>
+        <v>161</v>
       </c>
       <c r="J25" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
       <c r="K25" s="1">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="L25" s="1">
         <v>1057</v>
       </c>
       <c r="M25" s="1">
         <v>176.17</v>
       </c>
       <c r="N25" s="1">
         <v>1057</v>
       </c>
       <c r="O25" s="1">
         <v>176.17</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1">
         <v>2418</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="1" t="s">