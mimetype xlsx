--- v0 (2025-10-06)
+++ v1 (2026-03-28)
@@ -387,57 +387,57 @@
   <si>
     <t>Botero</t>
   </si>
   <si>
     <t>Garzon</t>
   </si>
   <si>
     <t>Maria Camila</t>
   </si>
   <si>
     <t xml:space="preserve">Sara </t>
   </si>
   <si>
     <t>Duque</t>
   </si>
   <si>
     <t xml:space="preserve">Juliana </t>
   </si>
   <si>
     <t>Rincon</t>
   </si>
   <si>
     <t>Cañaveral</t>
   </si>
   <si>
+    <t>Martha</t>
+  </si>
+  <si>
+    <t>Trujillo</t>
+  </si>
+  <si>
     <t>Miranda</t>
-  </si>
-[...4 lines deleted...]
-    <t>Trujillo</t>
   </si>
   <si>
     <t>Ferraro</t>
   </si>
   <si>
     <t>Laura S</t>
   </si>
   <si>
     <t>Nieto</t>
   </si>
   <si>
     <t>Sandra</t>
   </si>
   <si>
     <t>Montealegre</t>
   </si>
   <si>
     <t>Daniela</t>
   </si>
   <si>
     <t>Gonzalez</t>
   </si>
   <si>
     <t>Ana</t>
   </si>
@@ -6581,563 +6581,563 @@
       </c>
       <c r="CD23" s="1">
         <v>148</v>
       </c>
       <c r="CE23" s="1">
         <v>181</v>
       </c>
       <c r="CF23" s="1">
         <v>1389</v>
       </c>
       <c r="CG23" s="1">
         <v>173.63</v>
       </c>
       <c r="CH23" s="1">
         <v>11771</v>
       </c>
       <c r="CI23" s="1">
         <v>183.92</v>
       </c>
     </row>
     <row r="24" spans="1:87">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1">
-        <v>1461</v>
+        <v>1040</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>103</v>
+        <v>124</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>86</v>
+        <v>123</v>
       </c>
       <c r="F24" s="1">
-        <v>189</v>
+        <v>172</v>
       </c>
       <c r="G24" s="1">
+        <v>163</v>
+      </c>
+      <c r="H24" s="1">
+        <v>169</v>
+      </c>
+      <c r="I24" s="1">
+        <v>174</v>
+      </c>
+      <c r="J24" s="1">
+        <v>193</v>
+      </c>
+      <c r="K24" s="1">
+        <v>192</v>
+      </c>
+      <c r="L24" s="1">
+        <v>159</v>
+      </c>
+      <c r="M24" s="1">
+        <v>179</v>
+      </c>
+      <c r="N24" s="1">
+        <v>1401</v>
+      </c>
+      <c r="O24" s="1">
+        <v>175.13</v>
+      </c>
+      <c r="P24" s="1">
+        <v>186</v>
+      </c>
+      <c r="Q24" s="1">
+        <v>203</v>
+      </c>
+      <c r="R24" s="1">
+        <v>187</v>
+      </c>
+      <c r="S24" s="1">
+        <v>177</v>
+      </c>
+      <c r="T24" s="1">
+        <v>181</v>
+      </c>
+      <c r="U24" s="1">
+        <v>187</v>
+      </c>
+      <c r="V24" s="1">
+        <v>221</v>
+      </c>
+      <c r="W24" s="1">
+        <v>177</v>
+      </c>
+      <c r="X24" s="1">
+        <v>1519</v>
+      </c>
+      <c r="Y24" s="1">
+        <v>189.88</v>
+      </c>
+      <c r="Z24" s="1">
+        <v>153</v>
+      </c>
+      <c r="AA24" s="1">
+        <v>202</v>
+      </c>
+      <c r="AB24" s="1">
+        <v>143</v>
+      </c>
+      <c r="AC24" s="1">
+        <v>194</v>
+      </c>
+      <c r="AD24" s="1">
+        <v>178</v>
+      </c>
+      <c r="AE24" s="1">
+        <v>154</v>
+      </c>
+      <c r="AF24" s="1">
+        <v>130</v>
+      </c>
+      <c r="AG24" s="1">
+        <v>188</v>
+      </c>
+      <c r="AH24" s="1">
+        <v>1342</v>
+      </c>
+      <c r="AI24" s="1">
+        <v>167.75</v>
+      </c>
+      <c r="AJ24" s="1">
+        <v>142</v>
+      </c>
+      <c r="AK24" s="1">
+        <v>209</v>
+      </c>
+      <c r="AL24" s="1">
+        <v>205</v>
+      </c>
+      <c r="AM24" s="1">
+        <v>163</v>
+      </c>
+      <c r="AN24" s="1">
+        <v>187</v>
+      </c>
+      <c r="AO24" s="1">
+        <v>209</v>
+      </c>
+      <c r="AP24" s="1">
+        <v>169</v>
+      </c>
+      <c r="AQ24" s="1">
+        <v>255</v>
+      </c>
+      <c r="AR24" s="1">
+        <v>1539</v>
+      </c>
+      <c r="AS24" s="1">
+        <v>192.38</v>
+      </c>
+      <c r="AT24" s="1">
+        <v>185</v>
+      </c>
+      <c r="AU24" s="1">
+        <v>185</v>
+      </c>
+      <c r="AV24" s="1">
+        <v>153</v>
+      </c>
+      <c r="AW24" s="1">
+        <v>174</v>
+      </c>
+      <c r="AX24" s="1">
+        <v>223</v>
+      </c>
+      <c r="AY24" s="1">
+        <v>195</v>
+      </c>
+      <c r="AZ24" s="1">
+        <v>157</v>
+      </c>
+      <c r="BA24" s="1">
+        <v>195</v>
+      </c>
+      <c r="BB24" s="1">
+        <v>1467</v>
+      </c>
+      <c r="BC24" s="1">
+        <v>183.38</v>
+      </c>
+      <c r="BD24" s="1">
+        <v>235</v>
+      </c>
+      <c r="BE24" s="1">
+        <v>156</v>
+      </c>
+      <c r="BF24" s="1">
+        <v>161</v>
+      </c>
+      <c r="BG24" s="1">
+        <v>191</v>
+      </c>
+      <c r="BH24" s="1">
+        <v>159</v>
+      </c>
+      <c r="BI24" s="1">
+        <v>234</v>
+      </c>
+      <c r="BJ24" s="1">
+        <v>178</v>
+      </c>
+      <c r="BK24" s="1">
+        <v>173</v>
+      </c>
+      <c r="BL24" s="1">
+        <v>1487</v>
+      </c>
+      <c r="BM24" s="1">
+        <v>185.88</v>
+      </c>
+      <c r="BN24" s="1">
+        <v>206</v>
+      </c>
+      <c r="BO24" s="1">
+        <v>226</v>
+      </c>
+      <c r="BP24" s="1">
+        <v>191</v>
+      </c>
+      <c r="BQ24" s="1">
+        <v>185</v>
+      </c>
+      <c r="BR24" s="1">
+        <v>202</v>
+      </c>
+      <c r="BS24" s="1">
+        <v>157</v>
+      </c>
+      <c r="BT24" s="1">
+        <v>165</v>
+      </c>
+      <c r="BU24" s="1">
+        <v>181</v>
+      </c>
+      <c r="BV24" s="1">
+        <v>1513</v>
+      </c>
+      <c r="BW24" s="1">
+        <v>189.13</v>
+      </c>
+      <c r="BX24" s="1">
+        <v>164</v>
+      </c>
+      <c r="BY24" s="1">
+        <v>167</v>
+      </c>
+      <c r="BZ24" s="1">
+        <v>143</v>
+      </c>
+      <c r="CA24" s="1">
+        <v>194</v>
+      </c>
+      <c r="CB24" s="1">
+        <v>179</v>
+      </c>
+      <c r="CC24" s="1">
+        <v>199</v>
+      </c>
+      <c r="CD24" s="1">
         <v>211</v>
       </c>
-      <c r="H24" s="1">
-[...35 lines deleted...]
-      <c r="T24" s="1">
+      <c r="CE24" s="1">
         <v>171</v>
       </c>
-      <c r="U24" s="1">
-[...187 lines deleted...]
-      </c>
       <c r="CF24" s="1">
-        <v>1419</v>
+        <v>1428</v>
       </c>
       <c r="CG24" s="1">
-        <v>177.38</v>
+        <v>178.5</v>
       </c>
       <c r="CH24" s="1">
         <v>11696</v>
       </c>
       <c r="CI24" s="1">
         <v>182.75</v>
       </c>
     </row>
     <row r="25" spans="1:87">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1">
-        <v>1040</v>
+        <v>1461</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>123</v>
+        <v>86</v>
       </c>
       <c r="F25" s="1">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="G25" s="1">
-        <v>163</v>
+        <v>211</v>
       </c>
       <c r="H25" s="1">
-        <v>169</v>
+        <v>203</v>
       </c>
       <c r="I25" s="1">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="J25" s="1">
+        <v>209</v>
+      </c>
+      <c r="K25" s="1">
+        <v>167</v>
+      </c>
+      <c r="L25" s="1">
+        <v>153</v>
+      </c>
+      <c r="M25" s="1">
+        <v>155</v>
+      </c>
+      <c r="N25" s="1">
+        <v>1495</v>
+      </c>
+      <c r="O25" s="1">
+        <v>186.88</v>
+      </c>
+      <c r="P25" s="1">
+        <v>185</v>
+      </c>
+      <c r="Q25" s="1">
+        <v>152</v>
+      </c>
+      <c r="R25" s="1">
+        <v>182</v>
+      </c>
+      <c r="S25" s="1">
+        <v>156</v>
+      </c>
+      <c r="T25" s="1">
+        <v>171</v>
+      </c>
+      <c r="U25" s="1">
+        <v>177</v>
+      </c>
+      <c r="V25" s="1">
+        <v>158</v>
+      </c>
+      <c r="W25" s="1">
+        <v>189</v>
+      </c>
+      <c r="X25" s="1">
+        <v>1370</v>
+      </c>
+      <c r="Y25" s="1">
+        <v>171.25</v>
+      </c>
+      <c r="Z25" s="1">
+        <v>152</v>
+      </c>
+      <c r="AA25" s="1">
+        <v>180</v>
+      </c>
+      <c r="AB25" s="1">
+        <v>208</v>
+      </c>
+      <c r="AC25" s="1">
+        <v>177</v>
+      </c>
+      <c r="AD25" s="1">
+        <v>206</v>
+      </c>
+      <c r="AE25" s="1">
+        <v>197</v>
+      </c>
+      <c r="AF25" s="1">
+        <v>171</v>
+      </c>
+      <c r="AG25" s="1">
+        <v>223</v>
+      </c>
+      <c r="AH25" s="1">
+        <v>1514</v>
+      </c>
+      <c r="AI25" s="1">
+        <v>189.25</v>
+      </c>
+      <c r="AJ25" s="1">
+        <v>207</v>
+      </c>
+      <c r="AK25" s="1">
+        <v>179</v>
+      </c>
+      <c r="AL25" s="1">
+        <v>268</v>
+      </c>
+      <c r="AM25" s="1">
+        <v>188</v>
+      </c>
+      <c r="AN25" s="1">
+        <v>180</v>
+      </c>
+      <c r="AO25" s="1">
         <v>193</v>
       </c>
-      <c r="K25" s="1">
-[...2 lines deleted...]
-      <c r="L25" s="1">
+      <c r="AP25" s="1">
+        <v>167</v>
+      </c>
+      <c r="AQ25" s="1">
+        <v>235</v>
+      </c>
+      <c r="AR25" s="1">
+        <v>1617</v>
+      </c>
+      <c r="AS25" s="1">
+        <v>202.13</v>
+      </c>
+      <c r="AT25" s="1">
+        <v>191</v>
+      </c>
+      <c r="AU25" s="1">
         <v>159</v>
       </c>
-      <c r="M25" s="1">
+      <c r="AV25" s="1">
+        <v>202</v>
+      </c>
+      <c r="AW25" s="1">
+        <v>166</v>
+      </c>
+      <c r="AX25" s="1">
+        <v>208</v>
+      </c>
+      <c r="AY25" s="1">
+        <v>198</v>
+      </c>
+      <c r="AZ25" s="1">
+        <v>215</v>
+      </c>
+      <c r="BA25" s="1">
+        <v>207</v>
+      </c>
+      <c r="BB25" s="1">
+        <v>1546</v>
+      </c>
+      <c r="BC25" s="1">
+        <v>193.25</v>
+      </c>
+      <c r="BD25" s="1">
+        <v>203</v>
+      </c>
+      <c r="BE25" s="1">
+        <v>118</v>
+      </c>
+      <c r="BF25" s="1">
+        <v>153</v>
+      </c>
+      <c r="BG25" s="1">
+        <v>139</v>
+      </c>
+      <c r="BH25" s="1">
+        <v>190</v>
+      </c>
+      <c r="BI25" s="1">
         <v>179</v>
       </c>
-      <c r="N25" s="1">
-[...47 lines deleted...]
-      <c r="AD25" s="1">
+      <c r="BJ25" s="1">
+        <v>159</v>
+      </c>
+      <c r="BK25" s="1">
+        <v>175</v>
+      </c>
+      <c r="BL25" s="1">
+        <v>1316</v>
+      </c>
+      <c r="BM25" s="1">
+        <v>164.5</v>
+      </c>
+      <c r="BN25" s="1">
         <v>178</v>
       </c>
-      <c r="AE25" s="1">
-[...80 lines deleted...]
-      <c r="BF25" s="1">
+      <c r="BO25" s="1">
         <v>161</v>
       </c>
-      <c r="BG25" s="1">
+      <c r="BP25" s="1">
+        <v>198</v>
+      </c>
+      <c r="BQ25" s="1">
+        <v>160</v>
+      </c>
+      <c r="BR25" s="1">
+        <v>146</v>
+      </c>
+      <c r="BS25" s="1">
+        <v>183</v>
+      </c>
+      <c r="BT25" s="1">
+        <v>234</v>
+      </c>
+      <c r="BU25" s="1">
+        <v>159</v>
+      </c>
+      <c r="BV25" s="1">
+        <v>1419</v>
+      </c>
+      <c r="BW25" s="1">
+        <v>177.38</v>
+      </c>
+      <c r="BX25" s="1">
+        <v>159</v>
+      </c>
+      <c r="BY25" s="1">
         <v>191</v>
       </c>
-      <c r="BH25" s="1">
-[...52 lines deleted...]
-      </c>
       <c r="BZ25" s="1">
-        <v>143</v>
+        <v>201</v>
       </c>
       <c r="CA25" s="1">
-        <v>194</v>
+        <v>179</v>
       </c>
       <c r="CB25" s="1">
-        <v>179</v>
+        <v>162</v>
       </c>
       <c r="CC25" s="1">
-        <v>199</v>
+        <v>184</v>
       </c>
       <c r="CD25" s="1">
-        <v>211</v>
+        <v>182</v>
       </c>
       <c r="CE25" s="1">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="CF25" s="1">
-        <v>1428</v>
+        <v>1419</v>
       </c>
       <c r="CG25" s="1">
-        <v>178.5</v>
+        <v>177.38</v>
       </c>
       <c r="CH25" s="1">
         <v>11696</v>
       </c>
       <c r="CI25" s="1">
         <v>182.75</v>
       </c>
     </row>
     <row r="26" spans="1:87">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1">
         <v>2527</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F26" s="1">