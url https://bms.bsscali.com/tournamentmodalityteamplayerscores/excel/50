--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -3398,125 +3398,125 @@
       </c>
       <c r="J57" s="1">
         <v>140</v>
       </c>
       <c r="K57" s="1">
         <v>109</v>
       </c>
       <c r="L57" s="1">
         <v>745</v>
       </c>
       <c r="M57" s="1">
         <v>124.17</v>
       </c>
       <c r="N57" s="1">
         <v>745</v>
       </c>
       <c r="O57" s="1">
         <v>124.17</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58" s="1">
         <v>55</v>
       </c>
       <c r="B58" s="1">
-        <v>8069</v>
+        <v>8071</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>117</v>
+        <v>60</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>118</v>
+        <v>34</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="F58" s="1">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="G58" s="1">
-        <v>139</v>
+        <v>162</v>
       </c>
       <c r="H58" s="1">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="I58" s="1">
-        <v>154</v>
+        <v>108</v>
       </c>
       <c r="J58" s="1">
-        <v>117</v>
+        <v>142</v>
       </c>
       <c r="K58" s="1">
-        <v>119</v>
+        <v>142</v>
       </c>
       <c r="L58" s="1">
         <v>788</v>
       </c>
       <c r="M58" s="1">
         <v>131.33</v>
       </c>
       <c r="N58" s="1">
         <v>788</v>
       </c>
       <c r="O58" s="1">
         <v>131.33</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59" s="1">
         <v>56</v>
       </c>
       <c r="B59" s="1">
-        <v>8071</v>
+        <v>8069</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>60</v>
+        <v>117</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>34</v>
+        <v>118</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="F59" s="1">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G59" s="1">
-        <v>162</v>
+        <v>139</v>
       </c>
       <c r="H59" s="1">
-        <v>111</v>
+        <v>135</v>
       </c>
       <c r="I59" s="1">
-        <v>108</v>
+        <v>154</v>
       </c>
       <c r="J59" s="1">
-        <v>142</v>
+        <v>117</v>
       </c>
       <c r="K59" s="1">
-        <v>142</v>
+        <v>119</v>
       </c>
       <c r="L59" s="1">
         <v>788</v>
       </c>
       <c r="M59" s="1">
         <v>131.33</v>
       </c>
       <c r="N59" s="1">
         <v>788</v>
       </c>
       <c r="O59" s="1">
         <v>131.33</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60" s="1">
         <v>57</v>
       </c>
       <c r="B60" s="1">
         <v>8073</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>119</v>
       </c>
       <c r="D60" s="1" t="s">