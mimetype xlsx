--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -144,74 +144,74 @@
   <si>
     <t>Miranda</t>
   </si>
   <si>
     <t>Alejandra</t>
   </si>
   <si>
     <t>Larrota</t>
   </si>
   <si>
     <t>Maria Victoria</t>
   </si>
   <si>
     <t>Correal</t>
   </si>
   <si>
     <t>Cundinamarca</t>
   </si>
   <si>
     <t>Yolanda</t>
   </si>
   <si>
     <t>Martinez</t>
   </si>
   <si>
+    <t>Isabella</t>
+  </si>
+  <si>
+    <t>Correa</t>
+  </si>
+  <si>
+    <t>Toby</t>
+  </si>
+  <si>
+    <t>Ana S</t>
+  </si>
+  <si>
+    <t>Olaya</t>
+  </si>
+  <si>
     <t>Juliana</t>
   </si>
   <si>
     <t>Franco</t>
   </si>
   <si>
     <t>Botero</t>
   </si>
   <si>
-    <t>Isabella</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Juliana </t>
   </si>
   <si>
     <t>Rincon</t>
   </si>
   <si>
     <t>Cañaveral</t>
   </si>
   <si>
     <t>Garcia</t>
   </si>
   <si>
     <t>Corazón del Valle</t>
   </si>
   <si>
     <t>Margarita</t>
   </si>
   <si>
     <t>Roa</t>
   </si>
   <si>
     <t>Maria</t>
   </si>
   <si>
     <t>Tello</t>
@@ -297,75 +297,75 @@
   <si>
     <t>Valentina</t>
   </si>
   <si>
     <t>Cortez</t>
   </si>
   <si>
     <t>Adriana</t>
   </si>
   <si>
     <t>Nieva</t>
   </si>
   <si>
     <t xml:space="preserve">Sara </t>
   </si>
   <si>
     <t>Duque</t>
   </si>
   <si>
     <t>Consuelo</t>
   </si>
   <si>
     <t>Bejarano</t>
   </si>
   <si>
+    <t>Aida</t>
+  </si>
+  <si>
+    <t>Marin</t>
+  </si>
+  <si>
+    <t>Caldas</t>
+  </si>
+  <si>
+    <t>Patricia</t>
+  </si>
+  <si>
+    <t>Castellanos</t>
+  </si>
+  <si>
     <t>Stefany</t>
   </si>
   <si>
     <t>Burgos</t>
   </si>
   <si>
     <t>Claudia</t>
   </si>
   <si>
     <t>Estupiñan</t>
-  </si>
-[...13 lines deleted...]
-    <t>Castellanos</t>
   </si>
   <si>
     <t>Carmenza</t>
   </si>
   <si>
     <t>Gloria</t>
   </si>
   <si>
     <t>Torres</t>
   </si>
   <si>
     <t>Ross Mery</t>
   </si>
   <si>
     <t>Bernal</t>
   </si>
   <si>
     <t>Veronica</t>
   </si>
   <si>
     <t>Zarama</t>
   </si>
   <si>
     <t>Stephanny</t>
   </si>
@@ -1424,231 +1424,231 @@
       </c>
       <c r="J15" s="1">
         <v>211</v>
       </c>
       <c r="K15" s="1">
         <v>163</v>
       </c>
       <c r="L15" s="1">
         <v>1028</v>
       </c>
       <c r="M15" s="1">
         <v>171.33</v>
       </c>
       <c r="N15" s="1">
         <v>1028</v>
       </c>
       <c r="O15" s="1">
         <v>171.33</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="1">
         <v>13</v>
       </c>
       <c r="B16" s="1">
-        <v>1129</v>
+        <v>1046</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>7</v>
+        <v>45</v>
       </c>
       <c r="F16" s="1">
-        <v>177</v>
+        <v>122</v>
       </c>
       <c r="G16" s="1">
-        <v>151</v>
+        <v>174</v>
       </c>
       <c r="H16" s="1">
-        <v>154</v>
+        <v>205</v>
       </c>
       <c r="I16" s="1">
-        <v>188</v>
+        <v>117</v>
       </c>
       <c r="J16" s="1">
-        <v>213</v>
+        <v>190</v>
       </c>
       <c r="K16" s="1">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="L16" s="1">
-        <v>1085</v>
+        <v>1002</v>
       </c>
       <c r="M16" s="1">
-        <v>180.83</v>
+        <v>167.0</v>
       </c>
       <c r="N16" s="1">
-        <v>1085</v>
+        <v>1002</v>
       </c>
       <c r="O16" s="1">
-        <v>180.83</v>
+        <v>167.0</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1">
-        <v>8063</v>
+        <v>1852</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D17" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E17" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="E17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="1">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="G17" s="1">
-        <v>163</v>
+        <v>196</v>
       </c>
       <c r="H17" s="1">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="I17" s="1">
-        <v>168</v>
+        <v>146</v>
       </c>
       <c r="J17" s="1">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="K17" s="1">
-        <v>162</v>
+        <v>210</v>
       </c>
       <c r="L17" s="1">
-        <v>1013</v>
+        <v>1096</v>
       </c>
       <c r="M17" s="1">
-        <v>168.83</v>
+        <v>182.67</v>
       </c>
       <c r="N17" s="1">
-        <v>1013</v>
+        <v>1096</v>
       </c>
       <c r="O17" s="1">
-        <v>168.83</v>
+        <v>182.67</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="1">
         <v>15</v>
       </c>
       <c r="B18" s="1">
-        <v>1046</v>
+        <v>1129</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="F18" s="1">
-        <v>122</v>
+        <v>177</v>
       </c>
       <c r="G18" s="1">
-        <v>174</v>
+        <v>151</v>
       </c>
       <c r="H18" s="1">
-        <v>205</v>
+        <v>154</v>
       </c>
       <c r="I18" s="1">
-        <v>117</v>
+        <v>188</v>
       </c>
       <c r="J18" s="1">
-        <v>190</v>
+        <v>213</v>
       </c>
       <c r="K18" s="1">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="L18" s="1">
-        <v>1002</v>
+        <v>1085</v>
       </c>
       <c r="M18" s="1">
-        <v>167.0</v>
+        <v>180.83</v>
       </c>
       <c r="N18" s="1">
-        <v>1002</v>
+        <v>1085</v>
       </c>
       <c r="O18" s="1">
-        <v>167.0</v>
+        <v>180.83</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" s="1">
         <v>16</v>
       </c>
       <c r="B19" s="1">
-        <v>1852</v>
+        <v>8063</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="F19" s="1">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="G19" s="1">
-        <v>196</v>
+        <v>163</v>
       </c>
       <c r="H19" s="1">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="I19" s="1">
-        <v>146</v>
+        <v>168</v>
       </c>
       <c r="J19" s="1">
-        <v>180</v>
+        <v>167</v>
       </c>
       <c r="K19" s="1">
-        <v>210</v>
+        <v>162</v>
       </c>
       <c r="L19" s="1">
-        <v>1096</v>
+        <v>1013</v>
       </c>
       <c r="M19" s="1">
-        <v>182.67</v>
+        <v>168.83</v>
       </c>
       <c r="N19" s="1">
-        <v>1096</v>
+        <v>1013</v>
       </c>
       <c r="O19" s="1">
-        <v>182.67</v>
+        <v>168.83</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" s="1">
         <v>17</v>
       </c>
       <c r="B20" s="1">
         <v>2117</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>53</v>
       </c>
       <c r="F20" s="1">
         <v>188</v>
       </c>
       <c r="G20" s="1">
         <v>181</v>
       </c>
       <c r="H20" s="1">
@@ -2740,245 +2740,245 @@
       </c>
       <c r="J43" s="1">
         <v>158</v>
       </c>
       <c r="K43" s="1">
         <v>189</v>
       </c>
       <c r="L43" s="1">
         <v>929</v>
       </c>
       <c r="M43" s="1">
         <v>154.83</v>
       </c>
       <c r="N43" s="1">
         <v>929</v>
       </c>
       <c r="O43" s="1">
         <v>154.83</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" s="1">
         <v>41</v>
       </c>
       <c r="B44" s="1">
-        <v>8085</v>
+        <v>8055</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>95</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="F44" s="1">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="G44" s="1">
-        <v>159</v>
+        <v>130</v>
       </c>
       <c r="H44" s="1">
-        <v>202</v>
+        <v>167</v>
       </c>
       <c r="I44" s="1">
-        <v>126</v>
+        <v>189</v>
       </c>
       <c r="J44" s="1">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="K44" s="1">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="L44" s="1">
-        <v>932</v>
+        <v>919</v>
       </c>
       <c r="M44" s="1">
-        <v>155.33</v>
+        <v>153.17</v>
       </c>
       <c r="N44" s="1">
-        <v>932</v>
+        <v>919</v>
       </c>
       <c r="O44" s="1">
-        <v>155.33</v>
+        <v>153.17</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" s="1">
         <v>42</v>
       </c>
       <c r="B45" s="1">
-        <v>8090</v>
+        <v>8058</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E45" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F45" s="1">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="G45" s="1">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="H45" s="1">
-        <v>193</v>
+        <v>154</v>
       </c>
       <c r="I45" s="1">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="J45" s="1">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="K45" s="1">
-        <v>126</v>
+        <v>172</v>
       </c>
       <c r="L45" s="1">
-        <v>925</v>
+        <v>938</v>
       </c>
       <c r="M45" s="1">
-        <v>154.17</v>
+        <v>156.33</v>
       </c>
       <c r="N45" s="1">
-        <v>925</v>
+        <v>938</v>
       </c>
       <c r="O45" s="1">
-        <v>154.17</v>
+        <v>156.33</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" s="1">
         <v>43</v>
       </c>
       <c r="B46" s="1">
-        <v>8055</v>
+        <v>8085</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="F46" s="1">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="G46" s="1">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="H46" s="1">
-        <v>167</v>
+        <v>202</v>
       </c>
       <c r="I46" s="1">
-        <v>189</v>
+        <v>126</v>
       </c>
       <c r="J46" s="1">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="K46" s="1">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="L46" s="1">
-        <v>919</v>
+        <v>932</v>
       </c>
       <c r="M46" s="1">
-        <v>153.17</v>
+        <v>155.33</v>
       </c>
       <c r="N46" s="1">
-        <v>919</v>
+        <v>932</v>
       </c>
       <c r="O46" s="1">
-        <v>153.17</v>
+        <v>155.33</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" s="1">
         <v>44</v>
       </c>
       <c r="B47" s="1">
-        <v>8058</v>
+        <v>8090</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="F47" s="1">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="G47" s="1">
-        <v>158</v>
+        <v>139</v>
       </c>
       <c r="H47" s="1">
-        <v>154</v>
+        <v>193</v>
       </c>
       <c r="I47" s="1">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="J47" s="1">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="K47" s="1">
-        <v>172</v>
+        <v>126</v>
       </c>
       <c r="L47" s="1">
-        <v>938</v>
+        <v>925</v>
       </c>
       <c r="M47" s="1">
-        <v>156.33</v>
+        <v>154.17</v>
       </c>
       <c r="N47" s="1">
-        <v>938</v>
+        <v>925</v>
       </c>
       <c r="O47" s="1">
-        <v>156.33</v>
+        <v>154.17</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48" s="1">
         <v>45</v>
       </c>
       <c r="B48" s="1">
         <v>8061</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F48" s="1">
         <v>146</v>
       </c>
       <c r="G48" s="1">
         <v>197</v>
       </c>
       <c r="H48" s="1">
         <v>110</v>
       </c>
       <c r="I48" s="1">
         <v>136</v>
       </c>
       <c r="J48" s="1">
         <v>125</v>
       </c>
       <c r="K48" s="1">
         <v>151</v>
       </c>
       <c r="L48" s="1">
         <v>865</v>
       </c>
@@ -3219,192 +3219,192 @@
       </c>
       <c r="M53" s="1">
         <v>131.17</v>
       </c>
       <c r="N53" s="1">
         <v>787</v>
       </c>
       <c r="O53" s="1">
         <v>131.17</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54" s="1">
         <v>51</v>
       </c>
       <c r="B54" s="1">
         <v>8056</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F54" s="1">
         <v>157</v>
       </c>
       <c r="G54" s="1">
         <v>160</v>
       </c>
       <c r="H54" s="1">
         <v>135</v>
       </c>
       <c r="I54" s="1">
         <v>145</v>
       </c>
       <c r="J54" s="1">
         <v>130</v>
       </c>
       <c r="K54" s="1">
         <v>151</v>
       </c>
       <c r="L54" s="1">
         <v>878</v>
       </c>
       <c r="M54" s="1">
         <v>146.33</v>
       </c>
       <c r="N54" s="1">
         <v>878</v>
       </c>
       <c r="O54" s="1">
         <v>146.33</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" s="1">
         <v>52</v>
       </c>
       <c r="B55" s="1">
         <v>8059</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F55" s="1">
         <v>105</v>
       </c>
       <c r="G55" s="1">
         <v>156</v>
       </c>
       <c r="H55" s="1">
         <v>121</v>
       </c>
       <c r="I55" s="1">
         <v>132</v>
       </c>
       <c r="J55" s="1">
         <v>159</v>
       </c>
       <c r="K55" s="1">
         <v>109</v>
       </c>
       <c r="L55" s="1">
         <v>782</v>
       </c>
       <c r="M55" s="1">
         <v>130.33</v>
       </c>
       <c r="N55" s="1">
         <v>782</v>
       </c>
       <c r="O55" s="1">
         <v>130.33</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56" s="1">
         <v>53</v>
       </c>
       <c r="B56" s="1">
         <v>8057</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F56" s="1">
         <v>109</v>
       </c>
       <c r="G56" s="1">
         <v>120</v>
       </c>
       <c r="H56" s="1">
         <v>134</v>
       </c>
       <c r="I56" s="1">
         <v>143</v>
       </c>
       <c r="J56" s="1">
         <v>132</v>
       </c>
       <c r="K56" s="1">
         <v>150</v>
       </c>
       <c r="L56" s="1">
         <v>788</v>
       </c>
       <c r="M56" s="1">
         <v>131.33</v>
       </c>
       <c r="N56" s="1">
         <v>788</v>
       </c>
       <c r="O56" s="1">
         <v>131.33</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" s="1">
         <v>54</v>
       </c>
       <c r="B57" s="1">
         <v>8060</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>116</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F57" s="1">
         <v>128</v>
       </c>
       <c r="G57" s="1">
         <v>134</v>
       </c>
       <c r="H57" s="1">
         <v>134</v>
       </c>
       <c r="I57" s="1">
         <v>114</v>
       </c>
       <c r="J57" s="1">
         <v>114</v>
       </c>
       <c r="K57" s="1">
         <v>137</v>
       </c>
       <c r="L57" s="1">
         <v>761</v>
       </c>
       <c r="M57" s="1">
         <v>126.83</v>
       </c>