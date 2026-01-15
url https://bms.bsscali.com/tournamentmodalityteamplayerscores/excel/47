--- v1 (2025-11-25)
+++ v2 (2026-01-15)
@@ -285,87 +285,87 @@
   <si>
     <t>Montealegre</t>
   </si>
   <si>
     <t>Polo</t>
   </si>
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Diaz</t>
   </si>
   <si>
     <t>Valentina</t>
   </si>
   <si>
     <t>Cortez</t>
   </si>
   <si>
     <t>Adriana</t>
   </si>
   <si>
     <t>Nieva</t>
   </si>
   <si>
+    <t>Consuelo</t>
+  </si>
+  <si>
+    <t>Bejarano</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sara </t>
   </si>
   <si>
     <t>Duque</t>
   </si>
   <si>
-    <t>Consuelo</t>
-[...2 lines deleted...]
-    <t>Bejarano</t>
+    <t>Stefany</t>
+  </si>
+  <si>
+    <t>Burgos</t>
+  </si>
+  <si>
+    <t>Claudia</t>
+  </si>
+  <si>
+    <t>Estupiñan</t>
   </si>
   <si>
     <t>Aida</t>
   </si>
   <si>
     <t>Marin</t>
   </si>
   <si>
     <t>Caldas</t>
   </si>
   <si>
     <t>Patricia</t>
   </si>
   <si>
     <t>Castellanos</t>
-  </si>
-[...10 lines deleted...]
-    <t>Estupiñan</t>
   </si>
   <si>
     <t>Carmenza</t>
   </si>
   <si>
     <t>Gloria</t>
   </si>
   <si>
     <t>Torres</t>
   </si>
   <si>
     <t>Ross Mery</t>
   </si>
   <si>
     <t>Bernal</t>
   </si>
   <si>
     <t>Veronica</t>
   </si>
   <si>
     <t>Zarama</t>
   </si>
   <si>
     <t>Stephanny</t>
   </si>
@@ -2552,419 +2552,419 @@
       </c>
       <c r="J39" s="1">
         <v>198</v>
       </c>
       <c r="K39" s="1">
         <v>155</v>
       </c>
       <c r="L39" s="1">
         <v>980</v>
       </c>
       <c r="M39" s="1">
         <v>163.33</v>
       </c>
       <c r="N39" s="1">
         <v>980</v>
       </c>
       <c r="O39" s="1">
         <v>163.33</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" s="1">
         <v>37</v>
       </c>
       <c r="B40" s="1">
-        <v>8081</v>
+        <v>8078</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>91</v>
+        <v>52</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>7</v>
+        <v>40</v>
       </c>
       <c r="F40" s="1">
-        <v>108</v>
+        <v>124</v>
       </c>
       <c r="G40" s="1">
-        <v>183</v>
+        <v>125</v>
       </c>
       <c r="H40" s="1">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="I40" s="1">
-        <v>167</v>
+        <v>202</v>
       </c>
       <c r="J40" s="1">
-        <v>186</v>
+        <v>146</v>
       </c>
       <c r="K40" s="1">
-        <v>161</v>
+        <v>175</v>
       </c>
       <c r="L40" s="1">
-        <v>944</v>
+        <v>930</v>
       </c>
       <c r="M40" s="1">
-        <v>157.33</v>
+        <v>155.0</v>
       </c>
       <c r="N40" s="1">
-        <v>944</v>
+        <v>930</v>
       </c>
       <c r="O40" s="1">
-        <v>157.33</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" s="1">
         <v>38</v>
       </c>
       <c r="B41" s="1">
-        <v>8083</v>
+        <v>8074</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>7</v>
+        <v>40</v>
       </c>
       <c r="F41" s="1">
-        <v>151</v>
+        <v>106</v>
       </c>
       <c r="G41" s="1">
-        <v>144</v>
+        <v>203</v>
       </c>
       <c r="H41" s="1">
-        <v>169</v>
+        <v>121</v>
       </c>
       <c r="I41" s="1">
-        <v>134</v>
+        <v>152</v>
       </c>
       <c r="J41" s="1">
         <v>158</v>
       </c>
       <c r="K41" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
       <c r="L41" s="1">
-        <v>915</v>
+        <v>929</v>
       </c>
       <c r="M41" s="1">
-        <v>152.5</v>
+        <v>154.83</v>
       </c>
       <c r="N41" s="1">
-        <v>915</v>
+        <v>929</v>
       </c>
       <c r="O41" s="1">
-        <v>152.5</v>
+        <v>154.83</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" s="1">
         <v>39</v>
       </c>
       <c r="B42" s="1">
-        <v>8078</v>
+        <v>8081</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>52</v>
+        <v>93</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="F42" s="1">
-        <v>124</v>
+        <v>108</v>
       </c>
       <c r="G42" s="1">
-        <v>125</v>
+        <v>183</v>
       </c>
       <c r="H42" s="1">
-        <v>158</v>
+        <v>139</v>
       </c>
       <c r="I42" s="1">
-        <v>202</v>
+        <v>167</v>
       </c>
       <c r="J42" s="1">
-        <v>146</v>
+        <v>186</v>
       </c>
       <c r="K42" s="1">
-        <v>175</v>
+        <v>161</v>
       </c>
       <c r="L42" s="1">
-        <v>930</v>
+        <v>944</v>
       </c>
       <c r="M42" s="1">
-        <v>155.0</v>
+        <v>157.33</v>
       </c>
       <c r="N42" s="1">
-        <v>930</v>
+        <v>944</v>
       </c>
       <c r="O42" s="1">
-        <v>155.0</v>
+        <v>157.33</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" s="1">
         <v>40</v>
       </c>
       <c r="B43" s="1">
-        <v>8074</v>
+        <v>8083</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="F43" s="1">
-        <v>106</v>
+        <v>151</v>
       </c>
       <c r="G43" s="1">
-        <v>203</v>
+        <v>144</v>
       </c>
       <c r="H43" s="1">
-        <v>121</v>
+        <v>169</v>
       </c>
       <c r="I43" s="1">
-        <v>152</v>
+        <v>134</v>
       </c>
       <c r="J43" s="1">
         <v>158</v>
       </c>
       <c r="K43" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
       <c r="L43" s="1">
-        <v>929</v>
+        <v>915</v>
       </c>
       <c r="M43" s="1">
-        <v>154.83</v>
+        <v>152.5</v>
       </c>
       <c r="N43" s="1">
-        <v>929</v>
+        <v>915</v>
       </c>
       <c r="O43" s="1">
-        <v>154.83</v>
+        <v>152.5</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" s="1">
         <v>41</v>
       </c>
       <c r="B44" s="1">
-        <v>8055</v>
+        <v>8085</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>95</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="F44" s="1">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="G44" s="1">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="H44" s="1">
-        <v>167</v>
+        <v>202</v>
       </c>
       <c r="I44" s="1">
-        <v>189</v>
+        <v>126</v>
       </c>
       <c r="J44" s="1">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="K44" s="1">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="L44" s="1">
-        <v>919</v>
+        <v>932</v>
       </c>
       <c r="M44" s="1">
-        <v>153.17</v>
+        <v>155.33</v>
       </c>
       <c r="N44" s="1">
-        <v>919</v>
+        <v>932</v>
       </c>
       <c r="O44" s="1">
-        <v>153.17</v>
+        <v>155.33</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" s="1">
         <v>42</v>
       </c>
       <c r="B45" s="1">
-        <v>8058</v>
+        <v>8090</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D45" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E45" s="1" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="F45" s="1">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="G45" s="1">
-        <v>158</v>
+        <v>139</v>
       </c>
       <c r="H45" s="1">
-        <v>154</v>
+        <v>193</v>
       </c>
       <c r="I45" s="1">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="J45" s="1">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="K45" s="1">
-        <v>172</v>
+        <v>126</v>
       </c>
       <c r="L45" s="1">
-        <v>938</v>
+        <v>925</v>
       </c>
       <c r="M45" s="1">
-        <v>156.33</v>
+        <v>154.17</v>
       </c>
       <c r="N45" s="1">
-        <v>938</v>
+        <v>925</v>
       </c>
       <c r="O45" s="1">
-        <v>156.33</v>
+        <v>154.17</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" s="1">
         <v>43</v>
       </c>
       <c r="B46" s="1">
-        <v>8085</v>
+        <v>8055</v>
       </c>
       <c r="C46" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D46" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="D46" s="1" t="s">
+      <c r="E46" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="E46" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" s="1">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="G46" s="1">
-        <v>159</v>
+        <v>130</v>
       </c>
       <c r="H46" s="1">
-        <v>202</v>
+        <v>167</v>
       </c>
       <c r="I46" s="1">
-        <v>126</v>
+        <v>189</v>
       </c>
       <c r="J46" s="1">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="K46" s="1">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="L46" s="1">
-        <v>932</v>
+        <v>919</v>
       </c>
       <c r="M46" s="1">
-        <v>155.33</v>
+        <v>153.17</v>
       </c>
       <c r="N46" s="1">
-        <v>932</v>
+        <v>919</v>
       </c>
       <c r="O46" s="1">
-        <v>155.33</v>
+        <v>153.17</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" s="1">
         <v>44</v>
       </c>
       <c r="B47" s="1">
-        <v>8090</v>
+        <v>8058</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="F47" s="1">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="G47" s="1">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="H47" s="1">
-        <v>193</v>
+        <v>154</v>
       </c>
       <c r="I47" s="1">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="J47" s="1">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="K47" s="1">
-        <v>126</v>
+        <v>172</v>
       </c>
       <c r="L47" s="1">
-        <v>925</v>
+        <v>938</v>
       </c>
       <c r="M47" s="1">
-        <v>154.17</v>
+        <v>156.33</v>
       </c>
       <c r="N47" s="1">
-        <v>925</v>
+        <v>938</v>
       </c>
       <c r="O47" s="1">
-        <v>154.17</v>
+        <v>156.33</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48" s="1">
         <v>45</v>
       </c>
       <c r="B48" s="1">
         <v>8061</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F48" s="1">
         <v>146</v>
       </c>
       <c r="G48" s="1">
         <v>197</v>
       </c>
       <c r="H48" s="1">
@@ -3219,192 +3219,192 @@
       </c>
       <c r="M53" s="1">
         <v>131.17</v>
       </c>
       <c r="N53" s="1">
         <v>787</v>
       </c>
       <c r="O53" s="1">
         <v>131.17</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54" s="1">
         <v>51</v>
       </c>
       <c r="B54" s="1">
         <v>8056</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F54" s="1">
         <v>157</v>
       </c>
       <c r="G54" s="1">
         <v>160</v>
       </c>
       <c r="H54" s="1">
         <v>135</v>
       </c>
       <c r="I54" s="1">
         <v>145</v>
       </c>
       <c r="J54" s="1">
         <v>130</v>
       </c>
       <c r="K54" s="1">
         <v>151</v>
       </c>
       <c r="L54" s="1">
         <v>878</v>
       </c>
       <c r="M54" s="1">
         <v>146.33</v>
       </c>
       <c r="N54" s="1">
         <v>878</v>
       </c>
       <c r="O54" s="1">
         <v>146.33</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" s="1">
         <v>52</v>
       </c>
       <c r="B55" s="1">
         <v>8059</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F55" s="1">
         <v>105</v>
       </c>
       <c r="G55" s="1">
         <v>156</v>
       </c>
       <c r="H55" s="1">
         <v>121</v>
       </c>
       <c r="I55" s="1">
         <v>132</v>
       </c>
       <c r="J55" s="1">
         <v>159</v>
       </c>
       <c r="K55" s="1">
         <v>109</v>
       </c>
       <c r="L55" s="1">
         <v>782</v>
       </c>
       <c r="M55" s="1">
         <v>130.33</v>
       </c>
       <c r="N55" s="1">
         <v>782</v>
       </c>
       <c r="O55" s="1">
         <v>130.33</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56" s="1">
         <v>53</v>
       </c>
       <c r="B56" s="1">
         <v>8057</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F56" s="1">
         <v>109</v>
       </c>
       <c r="G56" s="1">
         <v>120</v>
       </c>
       <c r="H56" s="1">
         <v>134</v>
       </c>
       <c r="I56" s="1">
         <v>143</v>
       </c>
       <c r="J56" s="1">
         <v>132</v>
       </c>
       <c r="K56" s="1">
         <v>150</v>
       </c>
       <c r="L56" s="1">
         <v>788</v>
       </c>
       <c r="M56" s="1">
         <v>131.33</v>
       </c>
       <c r="N56" s="1">
         <v>788</v>
       </c>
       <c r="O56" s="1">
         <v>131.33</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" s="1">
         <v>54</v>
       </c>
       <c r="B57" s="1">
         <v>8060</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>116</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F57" s="1">
         <v>128</v>
       </c>
       <c r="G57" s="1">
         <v>134</v>
       </c>
       <c r="H57" s="1">
         <v>134</v>
       </c>
       <c r="I57" s="1">
         <v>114</v>
       </c>
       <c r="J57" s="1">
         <v>114</v>
       </c>
       <c r="K57" s="1">
         <v>137</v>
       </c>
       <c r="L57" s="1">
         <v>761</v>
       </c>
       <c r="M57" s="1">
         <v>126.83</v>
       </c>