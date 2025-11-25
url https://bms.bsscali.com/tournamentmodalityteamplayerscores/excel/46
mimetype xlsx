--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -156,72 +156,72 @@
   <si>
     <t>Fabio</t>
   </si>
   <si>
     <t>Garcia</t>
   </si>
   <si>
     <t>Quindio</t>
   </si>
   <si>
     <t>Mauricio</t>
   </si>
   <si>
     <t>Cabrera</t>
   </si>
   <si>
     <t>Salazar</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Duque</t>
   </si>
   <si>
+    <t>Martinez</t>
+  </si>
+  <si>
+    <t>Carlos</t>
+  </si>
+  <si>
+    <t>Tobon</t>
+  </si>
+  <si>
     <t>David Felipe</t>
   </si>
   <si>
     <t>Gomez</t>
   </si>
   <si>
     <t>Bogotá</t>
   </si>
   <si>
     <t>Daniel</t>
   </si>
   <si>
     <t>Castro</t>
-  </si>
-[...7 lines deleted...]
-    <t>Tobon</t>
   </si>
   <si>
     <t>Edward</t>
   </si>
   <si>
     <t>Rey</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>Sanchez</t>
   </si>
   <si>
     <t>Gabriel</t>
   </si>
   <si>
     <t>Villota</t>
   </si>
   <si>
     <t>Nariño</t>
   </si>
   <si>
     <t>Fabian</t>
   </si>
@@ -1563,231 +1563,231 @@
       </c>
       <c r="J17" s="1">
         <v>209</v>
       </c>
       <c r="K17" s="1">
         <v>218</v>
       </c>
       <c r="L17" s="1">
         <v>1118</v>
       </c>
       <c r="M17" s="1">
         <v>186.33</v>
       </c>
       <c r="N17" s="1">
         <v>1118</v>
       </c>
       <c r="O17" s="1">
         <v>186.33</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="1">
         <v>15</v>
       </c>
       <c r="B18" s="1">
-        <v>1471</v>
+        <v>1086</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="1" t="s">
-        <v>49</v>
+        <v>7</v>
       </c>
       <c r="F18" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
       <c r="G18" s="1">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="H18" s="1">
-        <v>243</v>
+        <v>187</v>
       </c>
       <c r="I18" s="1">
-        <v>224</v>
+        <v>178</v>
       </c>
       <c r="J18" s="1">
-        <v>189</v>
+        <v>176</v>
       </c>
       <c r="K18" s="1">
-        <v>159</v>
+        <v>197</v>
       </c>
       <c r="L18" s="1">
-        <v>1193</v>
+        <v>1154</v>
       </c>
       <c r="M18" s="1">
-        <v>198.83</v>
+        <v>192.33</v>
       </c>
       <c r="N18" s="1">
-        <v>1193</v>
+        <v>1154</v>
       </c>
       <c r="O18" s="1">
-        <v>198.83</v>
+        <v>192.33</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" s="1">
         <v>16</v>
       </c>
       <c r="B19" s="1">
-        <v>2015</v>
+        <v>2173</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>49</v>
+        <v>7</v>
       </c>
       <c r="F19" s="1">
+        <v>188</v>
+      </c>
+      <c r="G19" s="1">
+        <v>182</v>
+      </c>
+      <c r="H19" s="1">
+        <v>185</v>
+      </c>
+      <c r="I19" s="1">
+        <v>204</v>
+      </c>
+      <c r="J19" s="1">
         <v>197</v>
       </c>
-      <c r="G19" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="K19" s="1">
-        <v>210</v>
+        <v>178</v>
       </c>
       <c r="L19" s="1">
-        <v>1095</v>
+        <v>1134</v>
       </c>
       <c r="M19" s="1">
-        <v>182.5</v>
+        <v>189.0</v>
       </c>
       <c r="N19" s="1">
-        <v>1095</v>
+        <v>1134</v>
       </c>
       <c r="O19" s="1">
-        <v>182.5</v>
+        <v>189.0</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" s="1">
         <v>17</v>
       </c>
       <c r="B20" s="1">
-        <v>1086</v>
+        <v>1471</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="D20" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="E20" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
       <c r="G20" s="1">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="H20" s="1">
-        <v>187</v>
+        <v>243</v>
       </c>
       <c r="I20" s="1">
-        <v>178</v>
+        <v>224</v>
       </c>
       <c r="J20" s="1">
-        <v>176</v>
+        <v>189</v>
       </c>
       <c r="K20" s="1">
-        <v>197</v>
+        <v>159</v>
       </c>
       <c r="L20" s="1">
-        <v>1154</v>
+        <v>1193</v>
       </c>
       <c r="M20" s="1">
-        <v>192.33</v>
+        <v>198.83</v>
       </c>
       <c r="N20" s="1">
-        <v>1154</v>
+        <v>1193</v>
       </c>
       <c r="O20" s="1">
-        <v>192.33</v>
+        <v>198.83</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" s="1">
         <v>18</v>
       </c>
       <c r="B21" s="1">
-        <v>2173</v>
+        <v>2015</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>7</v>
+        <v>52</v>
       </c>
       <c r="F21" s="1">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="G21" s="1">
-        <v>182</v>
+        <v>125</v>
       </c>
       <c r="H21" s="1">
-        <v>185</v>
+        <v>197</v>
       </c>
       <c r="I21" s="1">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="J21" s="1">
-        <v>197</v>
+        <v>175</v>
       </c>
       <c r="K21" s="1">
-        <v>178</v>
+        <v>210</v>
       </c>
       <c r="L21" s="1">
-        <v>1134</v>
+        <v>1095</v>
       </c>
       <c r="M21" s="1">
-        <v>189.0</v>
+        <v>182.5</v>
       </c>
       <c r="N21" s="1">
-        <v>1134</v>
+        <v>1095</v>
       </c>
       <c r="O21" s="1">
-        <v>189.0</v>
+        <v>182.5</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" s="1">
         <v>19</v>
       </c>
       <c r="B22" s="1">
         <v>8002</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F22" s="1">
         <v>191</v>
       </c>
       <c r="G22" s="1">
         <v>200</v>
       </c>
       <c r="H22" s="1">
@@ -1807,51 +1807,51 @@
       </c>
       <c r="M22" s="1">
         <v>195.5</v>
       </c>
       <c r="N22" s="1">
         <v>1173</v>
       </c>
       <c r="O22" s="1">
         <v>195.5</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" s="1">
         <v>20</v>
       </c>
       <c r="B23" s="1">
         <v>8003</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F23" s="1">
         <v>176</v>
       </c>
       <c r="G23" s="1">
         <v>191</v>
       </c>
       <c r="H23" s="1">
         <v>180</v>
       </c>
       <c r="I23" s="1">
         <v>179</v>
       </c>
       <c r="J23" s="1">
         <v>166</v>
       </c>
       <c r="K23" s="1">
         <v>177</v>
       </c>
       <c r="L23" s="1">
         <v>1069</v>
       </c>
       <c r="M23" s="1">
         <v>178.17</v>
       </c>
@@ -1942,51 +1942,51 @@
       </c>
       <c r="K25" s="1">
         <v>161</v>
       </c>
       <c r="L25" s="1">
         <v>1059</v>
       </c>
       <c r="M25" s="1">
         <v>176.5</v>
       </c>
       <c r="N25" s="1">
         <v>1059</v>
       </c>
       <c r="O25" s="1">
         <v>176.5</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1">
         <v>8039</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="1">
         <v>188</v>
       </c>
       <c r="G26" s="1">
         <v>159</v>
       </c>
       <c r="H26" s="1">
         <v>155</v>
       </c>
       <c r="I26" s="1">
         <v>168</v>
       </c>
       <c r="J26" s="1">
         <v>204</v>
       </c>
       <c r="K26" s="1">
         <v>175</v>
       </c>
@@ -2042,98 +2042,98 @@
       </c>
       <c r="M27" s="1">
         <v>197.83</v>
       </c>
       <c r="N27" s="1">
         <v>1187</v>
       </c>
       <c r="O27" s="1">
         <v>197.83</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1">
         <v>1027</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F28" s="1">
         <v>242</v>
       </c>
       <c r="G28" s="1">
         <v>191</v>
       </c>
       <c r="H28" s="1">
         <v>214</v>
       </c>
       <c r="I28" s="1">
         <v>222</v>
       </c>
       <c r="J28" s="1">
         <v>201</v>
       </c>
       <c r="K28" s="1">
         <v>159</v>
       </c>
       <c r="L28" s="1">
         <v>1229</v>
       </c>
       <c r="M28" s="1">
         <v>204.83</v>
       </c>
       <c r="N28" s="1">
         <v>1229</v>
       </c>
       <c r="O28" s="1">
         <v>204.83</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" s="1">
         <v>26</v>
       </c>
       <c r="B29" s="1">
         <v>8001</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F29" s="1">
         <v>157</v>
       </c>
       <c r="G29" s="1">
         <v>157</v>
       </c>
       <c r="H29" s="1">
         <v>170</v>
       </c>
       <c r="I29" s="1">
         <v>151</v>
       </c>
       <c r="J29" s="1">
         <v>198</v>
       </c>
       <c r="K29" s="1">
         <v>159</v>
       </c>
       <c r="L29" s="1">
         <v>992</v>
       </c>
       <c r="M29" s="1">
         <v>165.33</v>
       </c>
@@ -2929,51 +2929,51 @@
       </c>
       <c r="K46" s="1">
         <v>151</v>
       </c>
       <c r="L46" s="1">
         <v>1034</v>
       </c>
       <c r="M46" s="1">
         <v>172.33</v>
       </c>
       <c r="N46" s="1">
         <v>1034</v>
       </c>
       <c r="O46" s="1">
         <v>172.33</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" s="1">
         <v>44</v>
       </c>
       <c r="B47" s="1">
         <v>8033</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F47" s="1">
         <v>180</v>
       </c>
       <c r="G47" s="1">
         <v>152</v>
       </c>
       <c r="H47" s="1">
         <v>194</v>
       </c>
       <c r="I47" s="1">
         <v>170</v>
       </c>
       <c r="J47" s="1">
         <v>159</v>
       </c>
       <c r="K47" s="1">
         <v>154</v>
       </c>