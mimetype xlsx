--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -267,63 +267,63 @@
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Natalia</t>
   </si>
   <si>
     <t>Miranda</t>
   </si>
   <si>
     <t>Claudia</t>
   </si>
   <si>
     <t>Estupiñan</t>
   </si>
   <si>
     <t>Viviana</t>
   </si>
   <si>
     <t>Cuellar</t>
   </si>
   <si>
     <t>Nariño</t>
   </si>
   <si>
+    <t>Sandra</t>
+  </si>
+  <si>
+    <t>Montealegre</t>
+  </si>
+  <si>
     <t>Aida</t>
   </si>
   <si>
     <t>Marin</t>
   </si>
   <si>
     <t>Caldas</t>
-  </si>
-[...4 lines deleted...]
-    <t>Montealegre</t>
   </si>
   <si>
     <t>Aura</t>
   </si>
   <si>
     <t>Roman</t>
   </si>
   <si>
     <t>Torres</t>
   </si>
   <si>
     <t>Martha</t>
   </si>
   <si>
     <t>Diaz</t>
   </si>
   <si>
     <t>Adriana</t>
   </si>
   <si>
     <t>Nieva</t>
   </si>
   <si>
     <t>Maria Victoria</t>
   </si>
@@ -2458,125 +2458,125 @@
       </c>
       <c r="J37" s="1">
         <v>202</v>
       </c>
       <c r="K37" s="1">
         <v>160</v>
       </c>
       <c r="L37" s="1">
         <v>1025</v>
       </c>
       <c r="M37" s="1">
         <v>170.83</v>
       </c>
       <c r="N37" s="1">
         <v>1025</v>
       </c>
       <c r="O37" s="1">
         <v>170.83</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" s="1">
         <v>35</v>
       </c>
       <c r="B38" s="1">
-        <v>8055</v>
+        <v>8079</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>86</v>
+        <v>46</v>
       </c>
       <c r="F38" s="1">
-        <v>170</v>
+        <v>124</v>
       </c>
       <c r="G38" s="1">
+        <v>165</v>
+      </c>
+      <c r="H38" s="1">
+        <v>208</v>
+      </c>
+      <c r="I38" s="1">
         <v>169</v>
       </c>
-      <c r="H38" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="J38" s="1">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="K38" s="1">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="L38" s="1">
         <v>1008</v>
       </c>
       <c r="M38" s="1">
         <v>168.0</v>
       </c>
       <c r="N38" s="1">
         <v>1008</v>
       </c>
       <c r="O38" s="1">
         <v>168.0</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" s="1">
         <v>36</v>
       </c>
       <c r="B39" s="1">
-        <v>8079</v>
+        <v>8055</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="E39" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="E39" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="1">
-        <v>124</v>
+        <v>170</v>
       </c>
       <c r="G39" s="1">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="H39" s="1">
-        <v>208</v>
+        <v>181</v>
       </c>
       <c r="I39" s="1">
-        <v>169</v>
+        <v>158</v>
       </c>
       <c r="J39" s="1">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="K39" s="1">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="L39" s="1">
         <v>1008</v>
       </c>
       <c r="M39" s="1">
         <v>168.0</v>
       </c>
       <c r="N39" s="1">
         <v>1008</v>
       </c>
       <c r="O39" s="1">
         <v>168.0</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" s="1">
         <v>37</v>
       </c>
       <c r="B40" s="1">
         <v>8067</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D40" s="1" t="s">
@@ -2602,51 +2602,51 @@
       </c>
       <c r="K40" s="1">
         <v>186</v>
       </c>
       <c r="L40" s="1">
         <v>1007</v>
       </c>
       <c r="M40" s="1">
         <v>167.83</v>
       </c>
       <c r="N40" s="1">
         <v>1007</v>
       </c>
       <c r="O40" s="1">
         <v>167.83</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" s="1">
         <v>38</v>
       </c>
       <c r="B41" s="1">
         <v>8088</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>76</v>
       </c>
       <c r="F41" s="1">
         <v>148</v>
       </c>
       <c r="G41" s="1">
         <v>166</v>
       </c>
       <c r="H41" s="1">
         <v>182</v>
       </c>
       <c r="I41" s="1">
         <v>194</v>
       </c>
       <c r="J41" s="1">
         <v>178</v>
       </c>
       <c r="K41" s="1">
         <v>136</v>
       </c>
@@ -2937,51 +2937,51 @@
       </c>
       <c r="M47" s="1">
         <v>157.83</v>
       </c>
       <c r="N47" s="1">
         <v>947</v>
       </c>
       <c r="O47" s="1">
         <v>157.83</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48" s="1">
         <v>45</v>
       </c>
       <c r="B48" s="1">
         <v>8058</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>103</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F48" s="1">
         <v>179</v>
       </c>
       <c r="G48" s="1">
         <v>151</v>
       </c>
       <c r="H48" s="1">
         <v>138</v>
       </c>
       <c r="I48" s="1">
         <v>175</v>
       </c>
       <c r="J48" s="1">
         <v>170</v>
       </c>
       <c r="K48" s="1">
         <v>129</v>
       </c>
       <c r="L48" s="1">
         <v>942</v>
       </c>
       <c r="M48" s="1">
         <v>157.0</v>
       </c>
@@ -3078,51 +3078,51 @@
       </c>
       <c r="M50" s="1">
         <v>151.5</v>
       </c>
       <c r="N50" s="1">
         <v>909</v>
       </c>
       <c r="O50" s="1">
         <v>151.5</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51" s="1">
         <v>48</v>
       </c>
       <c r="B51" s="1">
         <v>8059</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>108</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F51" s="1">
         <v>131</v>
       </c>
       <c r="G51" s="1">
         <v>147</v>
       </c>
       <c r="H51" s="1">
         <v>175</v>
       </c>
       <c r="I51" s="1">
         <v>173</v>
       </c>
       <c r="J51" s="1">
         <v>151</v>
       </c>
       <c r="K51" s="1">
         <v>129</v>
       </c>
       <c r="L51" s="1">
         <v>906</v>
       </c>
       <c r="M51" s="1">
         <v>151.0</v>
       </c>
@@ -3219,51 +3219,51 @@
       </c>
       <c r="M53" s="1">
         <v>148.5</v>
       </c>
       <c r="N53" s="1">
         <v>891</v>
       </c>
       <c r="O53" s="1">
         <v>148.5</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54" s="1">
         <v>51</v>
       </c>
       <c r="B54" s="1">
         <v>8057</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F54" s="1">
         <v>135</v>
       </c>
       <c r="G54" s="1">
         <v>112</v>
       </c>
       <c r="H54" s="1">
         <v>151</v>
       </c>
       <c r="I54" s="1">
         <v>121</v>
       </c>
       <c r="J54" s="1">
         <v>181</v>
       </c>
       <c r="K54" s="1">
         <v>171</v>
       </c>
       <c r="L54" s="1">
         <v>871</v>
       </c>
       <c r="M54" s="1">
         <v>145.17</v>
       </c>
@@ -3313,98 +3313,98 @@
       </c>
       <c r="M55" s="1">
         <v>144.83</v>
       </c>
       <c r="N55" s="1">
         <v>869</v>
       </c>
       <c r="O55" s="1">
         <v>144.83</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56" s="1">
         <v>53</v>
       </c>
       <c r="B56" s="1">
         <v>8060</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>116</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F56" s="1">
         <v>126</v>
       </c>
       <c r="G56" s="1">
         <v>137</v>
       </c>
       <c r="H56" s="1">
         <v>135</v>
       </c>
       <c r="I56" s="1">
         <v>159</v>
       </c>
       <c r="J56" s="1">
         <v>166</v>
       </c>
       <c r="K56" s="1">
         <v>140</v>
       </c>
       <c r="L56" s="1">
         <v>863</v>
       </c>
       <c r="M56" s="1">
         <v>143.83</v>
       </c>
       <c r="N56" s="1">
         <v>863</v>
       </c>
       <c r="O56" s="1">
         <v>143.83</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" s="1">
         <v>54</v>
       </c>
       <c r="B57" s="1">
         <v>8056</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F57" s="1">
         <v>153</v>
       </c>
       <c r="G57" s="1">
         <v>121</v>
       </c>
       <c r="H57" s="1">
         <v>158</v>
       </c>
       <c r="I57" s="1">
         <v>162</v>
       </c>
       <c r="J57" s="1">
         <v>148</v>
       </c>
       <c r="K57" s="1">
         <v>121</v>
       </c>
       <c r="L57" s="1">
         <v>863</v>
       </c>
       <c r="M57" s="1">
         <v>143.83</v>
       </c>