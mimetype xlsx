--- v1 (2025-11-25)
+++ v2 (2026-01-15)
@@ -267,63 +267,63 @@
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Natalia</t>
   </si>
   <si>
     <t>Miranda</t>
   </si>
   <si>
     <t>Claudia</t>
   </si>
   <si>
     <t>Estupiñan</t>
   </si>
   <si>
     <t>Viviana</t>
   </si>
   <si>
     <t>Cuellar</t>
   </si>
   <si>
     <t>Nariño</t>
   </si>
   <si>
+    <t>Aida</t>
+  </si>
+  <si>
+    <t>Marin</t>
+  </si>
+  <si>
+    <t>Caldas</t>
+  </si>
+  <si>
     <t>Sandra</t>
   </si>
   <si>
     <t>Montealegre</t>
-  </si>
-[...7 lines deleted...]
-    <t>Caldas</t>
   </si>
   <si>
     <t>Aura</t>
   </si>
   <si>
     <t>Roman</t>
   </si>
   <si>
     <t>Torres</t>
   </si>
   <si>
     <t>Martha</t>
   </si>
   <si>
     <t>Diaz</t>
   </si>
   <si>
     <t>Adriana</t>
   </si>
   <si>
     <t>Nieva</t>
   </si>
   <si>
     <t>Maria Victoria</t>
   </si>
@@ -2458,125 +2458,125 @@
       </c>
       <c r="J37" s="1">
         <v>202</v>
       </c>
       <c r="K37" s="1">
         <v>160</v>
       </c>
       <c r="L37" s="1">
         <v>1025</v>
       </c>
       <c r="M37" s="1">
         <v>170.83</v>
       </c>
       <c r="N37" s="1">
         <v>1025</v>
       </c>
       <c r="O37" s="1">
         <v>170.83</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" s="1">
         <v>35</v>
       </c>
       <c r="B38" s="1">
-        <v>8079</v>
+        <v>8055</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="F38" s="1">
-        <v>124</v>
+        <v>170</v>
       </c>
       <c r="G38" s="1">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="H38" s="1">
-        <v>208</v>
+        <v>181</v>
       </c>
       <c r="I38" s="1">
-        <v>169</v>
+        <v>158</v>
       </c>
       <c r="J38" s="1">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="K38" s="1">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="L38" s="1">
         <v>1008</v>
       </c>
       <c r="M38" s="1">
         <v>168.0</v>
       </c>
       <c r="N38" s="1">
         <v>1008</v>
       </c>
       <c r="O38" s="1">
         <v>168.0</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" s="1">
         <v>36</v>
       </c>
       <c r="B39" s="1">
-        <v>8055</v>
+        <v>8079</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>88</v>
+        <v>46</v>
       </c>
       <c r="F39" s="1">
-        <v>170</v>
+        <v>124</v>
       </c>
       <c r="G39" s="1">
+        <v>165</v>
+      </c>
+      <c r="H39" s="1">
+        <v>208</v>
+      </c>
+      <c r="I39" s="1">
         <v>169</v>
       </c>
-      <c r="H39" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="J39" s="1">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="K39" s="1">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="L39" s="1">
         <v>1008</v>
       </c>
       <c r="M39" s="1">
         <v>168.0</v>
       </c>
       <c r="N39" s="1">
         <v>1008</v>
       </c>
       <c r="O39" s="1">
         <v>168.0</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" s="1">
         <v>37</v>
       </c>
       <c r="B40" s="1">
         <v>8067</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D40" s="1" t="s">
@@ -2602,51 +2602,51 @@
       </c>
       <c r="K40" s="1">
         <v>186</v>
       </c>
       <c r="L40" s="1">
         <v>1007</v>
       </c>
       <c r="M40" s="1">
         <v>167.83</v>
       </c>
       <c r="N40" s="1">
         <v>1007</v>
       </c>
       <c r="O40" s="1">
         <v>167.83</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" s="1">
         <v>38</v>
       </c>
       <c r="B41" s="1">
         <v>8088</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>76</v>
       </c>
       <c r="F41" s="1">
         <v>148</v>
       </c>
       <c r="G41" s="1">
         <v>166</v>
       </c>
       <c r="H41" s="1">
         <v>182</v>
       </c>
       <c r="I41" s="1">
         <v>194</v>
       </c>
       <c r="J41" s="1">
         <v>178</v>
       </c>
       <c r="K41" s="1">
         <v>136</v>
       </c>
@@ -2937,51 +2937,51 @@
       </c>
       <c r="M47" s="1">
         <v>157.83</v>
       </c>
       <c r="N47" s="1">
         <v>947</v>
       </c>
       <c r="O47" s="1">
         <v>157.83</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48" s="1">
         <v>45</v>
       </c>
       <c r="B48" s="1">
         <v>8058</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>103</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F48" s="1">
         <v>179</v>
       </c>
       <c r="G48" s="1">
         <v>151</v>
       </c>
       <c r="H48" s="1">
         <v>138</v>
       </c>
       <c r="I48" s="1">
         <v>175</v>
       </c>
       <c r="J48" s="1">
         <v>170</v>
       </c>
       <c r="K48" s="1">
         <v>129</v>
       </c>
       <c r="L48" s="1">
         <v>942</v>
       </c>
       <c r="M48" s="1">
         <v>157.0</v>
       </c>
@@ -3078,51 +3078,51 @@
       </c>
       <c r="M50" s="1">
         <v>151.5</v>
       </c>
       <c r="N50" s="1">
         <v>909</v>
       </c>
       <c r="O50" s="1">
         <v>151.5</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51" s="1">
         <v>48</v>
       </c>
       <c r="B51" s="1">
         <v>8059</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>108</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F51" s="1">
         <v>131</v>
       </c>
       <c r="G51" s="1">
         <v>147</v>
       </c>
       <c r="H51" s="1">
         <v>175</v>
       </c>
       <c r="I51" s="1">
         <v>173</v>
       </c>
       <c r="J51" s="1">
         <v>151</v>
       </c>
       <c r="K51" s="1">
         <v>129</v>
       </c>
       <c r="L51" s="1">
         <v>906</v>
       </c>
       <c r="M51" s="1">
         <v>151.0</v>
       </c>
@@ -3219,51 +3219,51 @@
       </c>
       <c r="M53" s="1">
         <v>148.5</v>
       </c>
       <c r="N53" s="1">
         <v>891</v>
       </c>
       <c r="O53" s="1">
         <v>148.5</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54" s="1">
         <v>51</v>
       </c>
       <c r="B54" s="1">
         <v>8057</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F54" s="1">
         <v>135</v>
       </c>
       <c r="G54" s="1">
         <v>112</v>
       </c>
       <c r="H54" s="1">
         <v>151</v>
       </c>
       <c r="I54" s="1">
         <v>121</v>
       </c>
       <c r="J54" s="1">
         <v>181</v>
       </c>
       <c r="K54" s="1">
         <v>171</v>
       </c>
       <c r="L54" s="1">
         <v>871</v>
       </c>
       <c r="M54" s="1">
         <v>145.17</v>
       </c>
@@ -3304,125 +3304,125 @@
       </c>
       <c r="J55" s="1">
         <v>179</v>
       </c>
       <c r="K55" s="1">
         <v>121</v>
       </c>
       <c r="L55" s="1">
         <v>869</v>
       </c>
       <c r="M55" s="1">
         <v>144.83</v>
       </c>
       <c r="N55" s="1">
         <v>869</v>
       </c>
       <c r="O55" s="1">
         <v>144.83</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56" s="1">
         <v>53</v>
       </c>
       <c r="B56" s="1">
-        <v>8060</v>
+        <v>8056</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F56" s="1">
-        <v>126</v>
+        <v>153</v>
       </c>
       <c r="G56" s="1">
-        <v>137</v>
+        <v>121</v>
       </c>
       <c r="H56" s="1">
-        <v>135</v>
+        <v>158</v>
       </c>
       <c r="I56" s="1">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="J56" s="1">
-        <v>166</v>
+        <v>148</v>
       </c>
       <c r="K56" s="1">
-        <v>140</v>
+        <v>121</v>
       </c>
       <c r="L56" s="1">
         <v>863</v>
       </c>
       <c r="M56" s="1">
         <v>143.83</v>
       </c>
       <c r="N56" s="1">
         <v>863</v>
       </c>
       <c r="O56" s="1">
         <v>143.83</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" s="1">
         <v>54</v>
       </c>
       <c r="B57" s="1">
-        <v>8056</v>
+        <v>8060</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>19</v>
+        <v>115</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F57" s="1">
-        <v>153</v>
+        <v>126</v>
       </c>
       <c r="G57" s="1">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="H57" s="1">
-        <v>158</v>
+        <v>135</v>
       </c>
       <c r="I57" s="1">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="J57" s="1">
-        <v>148</v>
+        <v>166</v>
       </c>
       <c r="K57" s="1">
-        <v>121</v>
+        <v>140</v>
       </c>
       <c r="L57" s="1">
         <v>863</v>
       </c>
       <c r="M57" s="1">
         <v>143.83</v>
       </c>
       <c r="N57" s="1">
         <v>863</v>
       </c>
       <c r="O57" s="1">
         <v>143.83</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58" s="1">
         <v>55</v>
       </c>
       <c r="B58" s="1">
         <v>8073</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D58" s="1" t="s">