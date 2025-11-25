--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -87,165 +87,165 @@
   <si>
     <t>Serie 1</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>PROM/TOTAL</t>
   </si>
   <si>
     <t>Alejandro</t>
   </si>
   <si>
     <t>Duque</t>
   </si>
   <si>
     <t>Antioquia</t>
   </si>
   <si>
     <t>Jose R</t>
   </si>
   <si>
     <t>Mora</t>
   </si>
   <si>
+    <t>Jaime</t>
+  </si>
+  <si>
+    <t>Gonzalez</t>
+  </si>
+  <si>
+    <t>Risaralda</t>
+  </si>
+  <si>
     <t>William</t>
   </si>
   <si>
     <t>Bernal</t>
   </si>
   <si>
     <t>Bogotá</t>
   </si>
   <si>
-    <t>Jaime</t>
-[...7 lines deleted...]
-  <si>
     <t>Juan Jose</t>
   </si>
   <si>
     <t>Rincon</t>
   </si>
   <si>
     <t>Cañaveral</t>
   </si>
   <si>
     <t>Alfredo</t>
   </si>
   <si>
     <t>Quintana</t>
   </si>
   <si>
     <t>Santiago</t>
   </si>
   <si>
     <t>Mejia</t>
   </si>
   <si>
     <t>Sanchez</t>
   </si>
   <si>
+    <t>Fabio</t>
+  </si>
+  <si>
+    <t>Garcia</t>
+  </si>
+  <si>
     <t>Jorge L</t>
   </si>
   <si>
     <t>Tello</t>
   </si>
   <si>
-    <t>Fabio</t>
-[...2 lines deleted...]
-    <t>Garcia</t>
+    <t>Carlos</t>
+  </si>
+  <si>
+    <t>Tobon</t>
   </si>
   <si>
     <t>Andres</t>
   </si>
   <si>
     <t>Becerra</t>
   </si>
   <si>
-    <t>Carlos</t>
-[...4 lines deleted...]
-  <si>
     <t>Juan D</t>
   </si>
   <si>
     <t>Alvarez</t>
   </si>
   <si>
     <t>Cesar</t>
   </si>
   <si>
     <t>Wilches</t>
   </si>
   <si>
     <t>Cundinamarca</t>
   </si>
   <si>
     <t>Diego</t>
   </si>
   <si>
     <t>Vega</t>
   </si>
   <si>
     <t>Juan G</t>
   </si>
   <si>
     <t>Londoño</t>
   </si>
   <si>
     <t>Martinez</t>
   </si>
   <si>
     <t>Sebastian</t>
   </si>
   <si>
     <t>Charry</t>
   </si>
   <si>
     <t>Los Amigos</t>
   </si>
   <si>
     <t>Salazar</t>
   </si>
   <si>
+    <t>Pablo</t>
+  </si>
+  <si>
+    <t>Velasco</t>
+  </si>
+  <si>
     <t>Camacho</t>
-  </si>
-[...4 lines deleted...]
-    <t>Velasco</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Varela</t>
   </si>
   <si>
     <t>Jaimes</t>
   </si>
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Edward</t>
   </si>
   <si>
     <t>Rey</t>
   </si>
   <si>
     <t>Zambrano</t>
   </si>
   <si>
     <t>Atlantico</t>
   </si>
@@ -1046,125 +1046,125 @@
       </c>
       <c r="J6" s="1">
         <v>266</v>
       </c>
       <c r="K6" s="1">
         <v>231</v>
       </c>
       <c r="L6" s="1">
         <v>1288</v>
       </c>
       <c r="M6" s="1">
         <v>214.67</v>
       </c>
       <c r="N6" s="1">
         <v>1288</v>
       </c>
       <c r="O6" s="1">
         <v>214.67</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1">
         <v>4</v>
       </c>
       <c r="B7" s="1">
-        <v>8001</v>
+        <v>1132</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="1">
-        <v>153</v>
+        <v>183</v>
       </c>
       <c r="G7" s="1">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="H7" s="1">
-        <v>241</v>
+        <v>200</v>
       </c>
       <c r="I7" s="1">
-        <v>186</v>
+        <v>279</v>
       </c>
       <c r="J7" s="1">
-        <v>237</v>
+        <v>196</v>
       </c>
       <c r="K7" s="1">
-        <v>247</v>
+        <v>195</v>
       </c>
       <c r="L7" s="1">
         <v>1280</v>
       </c>
       <c r="M7" s="1">
         <v>213.33</v>
       </c>
       <c r="N7" s="1">
         <v>1280</v>
       </c>
       <c r="O7" s="1">
         <v>213.33</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1">
         <v>5</v>
       </c>
       <c r="B8" s="1">
-        <v>1132</v>
+        <v>8001</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F8" s="1">
-        <v>183</v>
+        <v>153</v>
       </c>
       <c r="G8" s="1">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="H8" s="1">
-        <v>200</v>
+        <v>241</v>
       </c>
       <c r="I8" s="1">
-        <v>279</v>
+        <v>186</v>
       </c>
       <c r="J8" s="1">
-        <v>196</v>
+        <v>237</v>
       </c>
       <c r="K8" s="1">
-        <v>195</v>
+        <v>247</v>
       </c>
       <c r="L8" s="1">
         <v>1280</v>
       </c>
       <c r="M8" s="1">
         <v>213.33</v>
       </c>
       <c r="N8" s="1">
         <v>1280</v>
       </c>
       <c r="O8" s="1">
         <v>213.33</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1">
         <v>6</v>
       </c>
       <c r="B9" s="1">
         <v>2118</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="1" t="s">
@@ -1196,51 +1196,51 @@
       </c>
       <c r="M9" s="1">
         <v>210.17</v>
       </c>
       <c r="N9" s="1">
         <v>1261</v>
       </c>
       <c r="O9" s="1">
         <v>210.17</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1">
         <v>7</v>
       </c>
       <c r="B10" s="1">
         <v>1027</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F10" s="1">
         <v>136</v>
       </c>
       <c r="G10" s="1">
         <v>221</v>
       </c>
       <c r="H10" s="1">
         <v>199</v>
       </c>
       <c r="I10" s="1">
         <v>255</v>
       </c>
       <c r="J10" s="1">
         <v>224</v>
       </c>
       <c r="K10" s="1">
         <v>225</v>
       </c>
       <c r="L10" s="1">
         <v>1260</v>
       </c>
       <c r="M10" s="1">
         <v>210.0</v>
       </c>
@@ -1284,263 +1284,263 @@
       </c>
       <c r="K11" s="1">
         <v>226</v>
       </c>
       <c r="L11" s="1">
         <v>1256</v>
       </c>
       <c r="M11" s="1">
         <v>209.33</v>
       </c>
       <c r="N11" s="1">
         <v>1256</v>
       </c>
       <c r="O11" s="1">
         <v>209.33</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1">
         <v>9</v>
       </c>
       <c r="B12" s="1">
         <v>8003</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F12" s="1">
         <v>222</v>
       </c>
       <c r="G12" s="1">
         <v>236</v>
       </c>
       <c r="H12" s="1">
         <v>247</v>
       </c>
       <c r="I12" s="1">
         <v>178</v>
       </c>
       <c r="J12" s="1">
         <v>165</v>
       </c>
       <c r="K12" s="1">
         <v>203</v>
       </c>
       <c r="L12" s="1">
         <v>1251</v>
       </c>
       <c r="M12" s="1">
         <v>208.5</v>
       </c>
       <c r="N12" s="1">
         <v>1251</v>
       </c>
       <c r="O12" s="1">
         <v>208.5</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1">
         <v>10</v>
       </c>
       <c r="B13" s="1">
-        <v>1076</v>
+        <v>8042</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="F13" s="1">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="G13" s="1">
-        <v>226</v>
+        <v>201</v>
       </c>
       <c r="H13" s="1">
-        <v>254</v>
+        <v>218</v>
       </c>
       <c r="I13" s="1">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="J13" s="1">
-        <v>188</v>
+        <v>235</v>
       </c>
       <c r="K13" s="1">
-        <v>191</v>
+        <v>204</v>
       </c>
       <c r="L13" s="1">
         <v>1245</v>
       </c>
       <c r="M13" s="1">
         <v>207.5</v>
       </c>
       <c r="N13" s="1">
         <v>1245</v>
       </c>
       <c r="O13" s="1">
         <v>207.5</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1">
         <v>11</v>
       </c>
       <c r="B14" s="1">
-        <v>8042</v>
+        <v>1076</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="F14" s="1">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G14" s="1">
-        <v>201</v>
+        <v>226</v>
       </c>
       <c r="H14" s="1">
-        <v>218</v>
+        <v>254</v>
       </c>
       <c r="I14" s="1">
+        <v>183</v>
+      </c>
+      <c r="J14" s="1">
+        <v>188</v>
+      </c>
+      <c r="K14" s="1">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
       <c r="L14" s="1">
         <v>1245</v>
       </c>
       <c r="M14" s="1">
         <v>207.5</v>
       </c>
       <c r="N14" s="1">
         <v>1245</v>
       </c>
       <c r="O14" s="1">
         <v>207.5</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1">
         <v>12</v>
       </c>
       <c r="B15" s="1">
-        <v>8015</v>
+        <v>2173</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F15" s="1">
-        <v>279</v>
+        <v>181</v>
       </c>
       <c r="G15" s="1">
-        <v>180</v>
+        <v>247</v>
       </c>
       <c r="H15" s="1">
-        <v>247</v>
+        <v>219</v>
       </c>
       <c r="I15" s="1">
         <v>175</v>
       </c>
       <c r="J15" s="1">
-        <v>180</v>
+        <v>196</v>
       </c>
       <c r="K15" s="1">
-        <v>180</v>
+        <v>223</v>
       </c>
       <c r="L15" s="1">
         <v>1241</v>
       </c>
       <c r="M15" s="1">
         <v>206.83</v>
       </c>
       <c r="N15" s="1">
         <v>1241</v>
       </c>
       <c r="O15" s="1">
         <v>206.83</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="1">
         <v>13</v>
       </c>
       <c r="B16" s="1">
-        <v>2173</v>
+        <v>8015</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F16" s="1">
-        <v>181</v>
+        <v>279</v>
       </c>
       <c r="G16" s="1">
+        <v>180</v>
+      </c>
+      <c r="H16" s="1">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="I16" s="1">
         <v>175</v>
       </c>
       <c r="J16" s="1">
-        <v>196</v>
+        <v>180</v>
       </c>
       <c r="K16" s="1">
-        <v>223</v>
+        <v>180</v>
       </c>
       <c r="L16" s="1">
         <v>1241</v>
       </c>
       <c r="M16" s="1">
         <v>206.83</v>
       </c>
       <c r="N16" s="1">
         <v>1241</v>
       </c>
       <c r="O16" s="1">
         <v>206.83</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1">
         <v>3</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="1" t="s">
@@ -1807,163 +1807,163 @@
       </c>
       <c r="M22" s="1">
         <v>201.0</v>
       </c>
       <c r="N22" s="1">
         <v>1206</v>
       </c>
       <c r="O22" s="1">
         <v>201.0</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" s="1">
         <v>20</v>
       </c>
       <c r="B23" s="1">
         <v>8048</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F23" s="1">
         <v>204</v>
       </c>
       <c r="G23" s="1">
         <v>157</v>
       </c>
       <c r="H23" s="1">
         <v>203</v>
       </c>
       <c r="I23" s="1">
         <v>198</v>
       </c>
       <c r="J23" s="1">
         <v>215</v>
       </c>
       <c r="K23" s="1">
         <v>228</v>
       </c>
       <c r="L23" s="1">
         <v>1205</v>
       </c>
       <c r="M23" s="1">
         <v>200.83</v>
       </c>
       <c r="N23" s="1">
         <v>1205</v>
       </c>
       <c r="O23" s="1">
         <v>200.83</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1">
-        <v>1</v>
+        <v>8018</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F24" s="1">
-        <v>191</v>
+        <v>213</v>
       </c>
       <c r="G24" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
       <c r="H24" s="1">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="I24" s="1">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="J24" s="1">
-        <v>187</v>
+        <v>214</v>
       </c>
       <c r="K24" s="1">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="L24" s="1">
         <v>1204</v>
       </c>
       <c r="M24" s="1">
         <v>200.67</v>
       </c>
       <c r="N24" s="1">
         <v>1204</v>
       </c>
       <c r="O24" s="1">
         <v>200.67</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1">
-        <v>8018</v>
+        <v>1</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F25" s="1">
-        <v>213</v>
+        <v>191</v>
       </c>
       <c r="G25" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
       <c r="H25" s="1">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="I25" s="1">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J25" s="1">
-        <v>214</v>
+        <v>187</v>
       </c>
       <c r="K25" s="1">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="L25" s="1">
         <v>1204</v>
       </c>
       <c r="M25" s="1">
         <v>200.67</v>
       </c>
       <c r="N25" s="1">
         <v>1204</v>
       </c>
       <c r="O25" s="1">
         <v>200.67</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1">
         <v>8049</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D26" s="1" t="s">
@@ -1995,92 +1995,92 @@
       </c>
       <c r="M26" s="1">
         <v>199.83</v>
       </c>
       <c r="N26" s="1">
         <v>1199</v>
       </c>
       <c r="O26" s="1">
         <v>199.83</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" s="1">
         <v>24</v>
       </c>
       <c r="B27" s="1">
         <v>8038</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F27" s="1">
         <v>172</v>
       </c>
       <c r="G27" s="1">
         <v>227</v>
       </c>
       <c r="H27" s="1">
         <v>213</v>
       </c>
       <c r="I27" s="1">
         <v>178</v>
       </c>
       <c r="J27" s="1">
         <v>219</v>
       </c>
       <c r="K27" s="1">
         <v>188</v>
       </c>
       <c r="L27" s="1">
         <v>1197</v>
       </c>
       <c r="M27" s="1">
         <v>199.5</v>
       </c>
       <c r="N27" s="1">
         <v>1197</v>
       </c>
       <c r="O27" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1">
         <v>8039</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F28" s="1">
         <v>203</v>
       </c>
       <c r="G28" s="1">
         <v>176</v>
       </c>
       <c r="H28" s="1">
         <v>182</v>
       </c>
       <c r="I28" s="1">
         <v>188</v>
       </c>
       <c r="J28" s="1">
         <v>202</v>
       </c>
       <c r="K28" s="1">
         <v>243</v>
       </c>
@@ -2230,51 +2230,51 @@
       </c>
       <c r="M31" s="1">
         <v>194.0</v>
       </c>
       <c r="N31" s="1">
         <v>1164</v>
       </c>
       <c r="O31" s="1">
         <v>194.0</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" s="1">
         <v>29</v>
       </c>
       <c r="B32" s="1">
         <v>2015</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F32" s="1">
         <v>226</v>
       </c>
       <c r="G32" s="1">
         <v>187</v>
       </c>
       <c r="H32" s="1">
         <v>168</v>
       </c>
       <c r="I32" s="1">
         <v>181</v>
       </c>
       <c r="J32" s="1">
         <v>191</v>
       </c>
       <c r="K32" s="1">
         <v>210</v>
       </c>
       <c r="L32" s="1">
         <v>1163</v>
       </c>
       <c r="M32" s="1">
         <v>193.83</v>
       </c>
@@ -2418,51 +2418,51 @@
       </c>
       <c r="M35" s="1">
         <v>190.83</v>
       </c>
       <c r="N35" s="1">
         <v>1145</v>
       </c>
       <c r="O35" s="1">
         <v>190.83</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" s="1">
         <v>33</v>
       </c>
       <c r="B36" s="1">
         <v>1471</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>84</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F36" s="1">
         <v>237</v>
       </c>
       <c r="G36" s="1">
         <v>169</v>
       </c>
       <c r="H36" s="1">
         <v>190</v>
       </c>
       <c r="I36" s="1">
         <v>190</v>
       </c>
       <c r="J36" s="1">
         <v>176</v>
       </c>
       <c r="K36" s="1">
         <v>178</v>
       </c>
       <c r="L36" s="1">
         <v>1140</v>
       </c>
       <c r="M36" s="1">
         <v>190.0</v>
       </c>
@@ -2747,51 +2747,51 @@
       </c>
       <c r="M42" s="1">
         <v>185.17</v>
       </c>
       <c r="N42" s="1">
         <v>1111</v>
       </c>
       <c r="O42" s="1">
         <v>185.17</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" s="1">
         <v>40</v>
       </c>
       <c r="B43" s="1">
         <v>8017</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F43" s="1">
         <v>156</v>
       </c>
       <c r="G43" s="1">
         <v>235</v>
       </c>
       <c r="H43" s="1">
         <v>198</v>
       </c>
       <c r="I43" s="1">
         <v>162</v>
       </c>
       <c r="J43" s="1">
         <v>162</v>
       </c>
       <c r="K43" s="1">
         <v>197</v>
       </c>
       <c r="L43" s="1">
         <v>1110</v>
       </c>
       <c r="M43" s="1">
         <v>185.0</v>
       </c>
@@ -3076,98 +3076,98 @@
       </c>
       <c r="M49" s="1">
         <v>177.17</v>
       </c>
       <c r="N49" s="1">
         <v>1063</v>
       </c>
       <c r="O49" s="1">
         <v>177.17</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" s="1">
         <v>47</v>
       </c>
       <c r="B50" s="1">
         <v>8019</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>109</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F50" s="1">
         <v>183</v>
       </c>
       <c r="G50" s="1">
         <v>165</v>
       </c>
       <c r="H50" s="1">
         <v>160</v>
       </c>
       <c r="I50" s="1">
         <v>171</v>
       </c>
       <c r="J50" s="1">
         <v>207</v>
       </c>
       <c r="K50" s="1">
         <v>173</v>
       </c>
       <c r="L50" s="1">
         <v>1059</v>
       </c>
       <c r="M50" s="1">
         <v>176.5</v>
       </c>
       <c r="N50" s="1">
         <v>1059</v>
       </c>
       <c r="O50" s="1">
         <v>176.5</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51" s="1">
         <v>48</v>
       </c>
       <c r="B51" s="1">
         <v>8016</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F51" s="1">
         <v>168</v>
       </c>
       <c r="G51" s="1">
         <v>177</v>
       </c>
       <c r="H51" s="1">
         <v>213</v>
       </c>
       <c r="I51" s="1">
         <v>167</v>
       </c>
       <c r="J51" s="1">
         <v>133</v>
       </c>
       <c r="K51" s="1">
         <v>198</v>
       </c>
       <c r="L51" s="1">
         <v>1056</v>
       </c>
       <c r="M51" s="1">
         <v>176.0</v>
       </c>
@@ -3261,95 +3261,95 @@
       </c>
       <c r="L53" s="1">
         <v>1045</v>
       </c>
       <c r="M53" s="1">
         <v>174.17</v>
       </c>
       <c r="N53" s="1">
         <v>1045</v>
       </c>
       <c r="O53" s="1">
         <v>174.17</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54" s="1">
         <v>51</v>
       </c>
       <c r="B54" s="1">
         <v>8021</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>102</v>
       </c>
       <c r="F54" s="1">
         <v>168</v>
       </c>
       <c r="G54" s="1">
         <v>170</v>
       </c>
       <c r="H54" s="1">
         <v>158</v>
       </c>
       <c r="I54" s="1">
         <v>178</v>
       </c>
       <c r="J54" s="1">
         <v>182</v>
       </c>
       <c r="K54" s="1">
         <v>182</v>
       </c>
       <c r="L54" s="1">
         <v>1038</v>
       </c>
       <c r="M54" s="1">
         <v>173.0</v>
       </c>
       <c r="N54" s="1">
         <v>1038</v>
       </c>
       <c r="O54" s="1">
         <v>173.0</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" s="1">
         <v>52</v>
       </c>
       <c r="B55" s="1">
         <v>8033</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>50</v>
       </c>
       <c r="F55" s="1">
         <v>171</v>
       </c>
       <c r="G55" s="1">
         <v>157</v>
       </c>
       <c r="H55" s="1">
         <v>163</v>
       </c>
       <c r="I55" s="1">
         <v>211</v>
       </c>
       <c r="J55" s="1">
         <v>158</v>
       </c>
       <c r="K55" s="1">
         <v>166</v>
       </c>