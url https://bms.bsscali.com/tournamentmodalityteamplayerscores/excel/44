--- v1 (2025-11-25)
+++ v2 (2026-01-15)
@@ -87,165 +87,165 @@
   <si>
     <t>Serie 1</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>PROM/TOTAL</t>
   </si>
   <si>
     <t>Alejandro</t>
   </si>
   <si>
     <t>Duque</t>
   </si>
   <si>
     <t>Antioquia</t>
   </si>
   <si>
     <t>Jose R</t>
   </si>
   <si>
     <t>Mora</t>
   </si>
   <si>
+    <t>William</t>
+  </si>
+  <si>
+    <t>Bernal</t>
+  </si>
+  <si>
+    <t>Bogotá</t>
+  </si>
+  <si>
     <t>Jaime</t>
   </si>
   <si>
     <t>Gonzalez</t>
   </si>
   <si>
     <t>Risaralda</t>
   </si>
   <si>
-    <t>William</t>
-[...7 lines deleted...]
-  <si>
     <t>Juan Jose</t>
   </si>
   <si>
     <t>Rincon</t>
   </si>
   <si>
     <t>Cañaveral</t>
   </si>
   <si>
     <t>Alfredo</t>
   </si>
   <si>
     <t>Quintana</t>
   </si>
   <si>
     <t>Santiago</t>
   </si>
   <si>
     <t>Mejia</t>
   </si>
   <si>
     <t>Sanchez</t>
   </si>
   <si>
     <t>Fabio</t>
   </si>
   <si>
     <t>Garcia</t>
   </si>
   <si>
     <t>Jorge L</t>
   </si>
   <si>
     <t>Tello</t>
   </si>
   <si>
+    <t>Andres</t>
+  </si>
+  <si>
+    <t>Becerra</t>
+  </si>
+  <si>
     <t>Carlos</t>
   </si>
   <si>
     <t>Tobon</t>
   </si>
   <si>
-    <t>Andres</t>
-[...4 lines deleted...]
-  <si>
     <t>Juan D</t>
   </si>
   <si>
     <t>Alvarez</t>
   </si>
   <si>
     <t>Cesar</t>
   </si>
   <si>
     <t>Wilches</t>
   </si>
   <si>
     <t>Cundinamarca</t>
   </si>
   <si>
     <t>Diego</t>
   </si>
   <si>
     <t>Vega</t>
   </si>
   <si>
+    <t>Martinez</t>
+  </si>
+  <si>
     <t>Juan G</t>
   </si>
   <si>
     <t>Londoño</t>
   </si>
   <si>
-    <t>Martinez</t>
-[...1 lines deleted...]
-  <si>
     <t>Sebastian</t>
   </si>
   <si>
     <t>Charry</t>
   </si>
   <si>
     <t>Los Amigos</t>
   </si>
   <si>
     <t>Salazar</t>
   </si>
   <si>
+    <t>Camacho</t>
+  </si>
+  <si>
     <t>Pablo</t>
   </si>
   <si>
     <t>Velasco</t>
-  </si>
-[...1 lines deleted...]
-    <t>Camacho</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Varela</t>
   </si>
   <si>
     <t>Jaimes</t>
   </si>
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Edward</t>
   </si>
   <si>
     <t>Rey</t>
   </si>
   <si>
     <t>Zambrano</t>
   </si>
   <si>
     <t>Atlantico</t>
   </si>
@@ -1046,125 +1046,125 @@
       </c>
       <c r="J6" s="1">
         <v>266</v>
       </c>
       <c r="K6" s="1">
         <v>231</v>
       </c>
       <c r="L6" s="1">
         <v>1288</v>
       </c>
       <c r="M6" s="1">
         <v>214.67</v>
       </c>
       <c r="N6" s="1">
         <v>1288</v>
       </c>
       <c r="O6" s="1">
         <v>214.67</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1">
         <v>4</v>
       </c>
       <c r="B7" s="1">
-        <v>1132</v>
+        <v>8001</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="1">
-        <v>183</v>
+        <v>153</v>
       </c>
       <c r="G7" s="1">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="H7" s="1">
-        <v>200</v>
+        <v>241</v>
       </c>
       <c r="I7" s="1">
-        <v>279</v>
+        <v>186</v>
       </c>
       <c r="J7" s="1">
-        <v>196</v>
+        <v>237</v>
       </c>
       <c r="K7" s="1">
-        <v>195</v>
+        <v>247</v>
       </c>
       <c r="L7" s="1">
         <v>1280</v>
       </c>
       <c r="M7" s="1">
         <v>213.33</v>
       </c>
       <c r="N7" s="1">
         <v>1280</v>
       </c>
       <c r="O7" s="1">
         <v>213.33</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1">
         <v>5</v>
       </c>
       <c r="B8" s="1">
-        <v>8001</v>
+        <v>1132</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F8" s="1">
-        <v>153</v>
+        <v>183</v>
       </c>
       <c r="G8" s="1">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="H8" s="1">
-        <v>241</v>
+        <v>200</v>
       </c>
       <c r="I8" s="1">
-        <v>186</v>
+        <v>279</v>
       </c>
       <c r="J8" s="1">
-        <v>237</v>
+        <v>196</v>
       </c>
       <c r="K8" s="1">
-        <v>247</v>
+        <v>195</v>
       </c>
       <c r="L8" s="1">
         <v>1280</v>
       </c>
       <c r="M8" s="1">
         <v>213.33</v>
       </c>
       <c r="N8" s="1">
         <v>1280</v>
       </c>
       <c r="O8" s="1">
         <v>213.33</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1">
         <v>6</v>
       </c>
       <c r="B9" s="1">
         <v>2118</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="1" t="s">
@@ -1196,51 +1196,51 @@
       </c>
       <c r="M9" s="1">
         <v>210.17</v>
       </c>
       <c r="N9" s="1">
         <v>1261</v>
       </c>
       <c r="O9" s="1">
         <v>210.17</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1">
         <v>7</v>
       </c>
       <c r="B10" s="1">
         <v>1027</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F10" s="1">
         <v>136</v>
       </c>
       <c r="G10" s="1">
         <v>221</v>
       </c>
       <c r="H10" s="1">
         <v>199</v>
       </c>
       <c r="I10" s="1">
         <v>255</v>
       </c>
       <c r="J10" s="1">
         <v>224</v>
       </c>
       <c r="K10" s="1">
         <v>225</v>
       </c>
       <c r="L10" s="1">
         <v>1260</v>
       </c>
       <c r="M10" s="1">
         <v>210.0</v>
       </c>
@@ -1284,57 +1284,57 @@
       </c>
       <c r="K11" s="1">
         <v>226</v>
       </c>
       <c r="L11" s="1">
         <v>1256</v>
       </c>
       <c r="M11" s="1">
         <v>209.33</v>
       </c>
       <c r="N11" s="1">
         <v>1256</v>
       </c>
       <c r="O11" s="1">
         <v>209.33</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1">
         <v>9</v>
       </c>
       <c r="B12" s="1">
         <v>8003</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F12" s="1">
         <v>222</v>
       </c>
       <c r="G12" s="1">
         <v>236</v>
       </c>
       <c r="H12" s="1">
         <v>247</v>
       </c>
       <c r="I12" s="1">
         <v>178</v>
       </c>
       <c r="J12" s="1">
         <v>165</v>
       </c>
       <c r="K12" s="1">
         <v>203</v>
       </c>
       <c r="L12" s="1">
         <v>1251</v>
       </c>
       <c r="M12" s="1">
         <v>208.5</v>
       </c>
@@ -1422,125 +1422,125 @@
       </c>
       <c r="J14" s="1">
         <v>188</v>
       </c>
       <c r="K14" s="1">
         <v>191</v>
       </c>
       <c r="L14" s="1">
         <v>1245</v>
       </c>
       <c r="M14" s="1">
         <v>207.5</v>
       </c>
       <c r="N14" s="1">
         <v>1245</v>
       </c>
       <c r="O14" s="1">
         <v>207.5</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1">
         <v>12</v>
       </c>
       <c r="B15" s="1">
-        <v>2173</v>
+        <v>8015</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F15" s="1">
-        <v>181</v>
+        <v>279</v>
       </c>
       <c r="G15" s="1">
+        <v>180</v>
+      </c>
+      <c r="H15" s="1">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="I15" s="1">
         <v>175</v>
       </c>
       <c r="J15" s="1">
-        <v>196</v>
+        <v>180</v>
       </c>
       <c r="K15" s="1">
-        <v>223</v>
+        <v>180</v>
       </c>
       <c r="L15" s="1">
         <v>1241</v>
       </c>
       <c r="M15" s="1">
         <v>206.83</v>
       </c>
       <c r="N15" s="1">
         <v>1241</v>
       </c>
       <c r="O15" s="1">
         <v>206.83</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="1">
         <v>13</v>
       </c>
       <c r="B16" s="1">
-        <v>8015</v>
+        <v>2173</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F16" s="1">
-        <v>279</v>
+        <v>181</v>
       </c>
       <c r="G16" s="1">
-        <v>180</v>
+        <v>247</v>
       </c>
       <c r="H16" s="1">
-        <v>247</v>
+        <v>219</v>
       </c>
       <c r="I16" s="1">
         <v>175</v>
       </c>
       <c r="J16" s="1">
-        <v>180</v>
+        <v>196</v>
       </c>
       <c r="K16" s="1">
-        <v>180</v>
+        <v>223</v>
       </c>
       <c r="L16" s="1">
         <v>1241</v>
       </c>
       <c r="M16" s="1">
         <v>206.83</v>
       </c>
       <c r="N16" s="1">
         <v>1241</v>
       </c>
       <c r="O16" s="1">
         <v>206.83</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1">
         <v>3</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="1" t="s">
@@ -1657,125 +1657,125 @@
       </c>
       <c r="J19" s="1">
         <v>236</v>
       </c>
       <c r="K19" s="1">
         <v>206</v>
       </c>
       <c r="L19" s="1">
         <v>1222</v>
       </c>
       <c r="M19" s="1">
         <v>203.67</v>
       </c>
       <c r="N19" s="1">
         <v>1222</v>
       </c>
       <c r="O19" s="1">
         <v>203.67</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" s="1">
         <v>17</v>
       </c>
       <c r="B20" s="1">
-        <v>1938</v>
+        <v>1086</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" s="1" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="F20" s="1">
-        <v>179</v>
+        <v>221</v>
       </c>
       <c r="G20" s="1">
-        <v>236</v>
+        <v>180</v>
       </c>
       <c r="H20" s="1">
-        <v>189</v>
+        <v>246</v>
       </c>
       <c r="I20" s="1">
-        <v>169</v>
+        <v>216</v>
       </c>
       <c r="J20" s="1">
-        <v>203</v>
+        <v>155</v>
       </c>
       <c r="K20" s="1">
-        <v>236</v>
+        <v>194</v>
       </c>
       <c r="L20" s="1">
         <v>1212</v>
       </c>
       <c r="M20" s="1">
         <v>202.0</v>
       </c>
       <c r="N20" s="1">
         <v>1212</v>
       </c>
       <c r="O20" s="1">
         <v>202.0</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" s="1">
         <v>18</v>
       </c>
       <c r="B21" s="1">
-        <v>1086</v>
+        <v>1938</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>5</v>
+        <v>54</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="F21" s="1">
-        <v>221</v>
+        <v>179</v>
       </c>
       <c r="G21" s="1">
-        <v>180</v>
+        <v>236</v>
       </c>
       <c r="H21" s="1">
-        <v>246</v>
+        <v>189</v>
       </c>
       <c r="I21" s="1">
-        <v>216</v>
+        <v>169</v>
       </c>
       <c r="J21" s="1">
-        <v>155</v>
+        <v>203</v>
       </c>
       <c r="K21" s="1">
-        <v>194</v>
+        <v>236</v>
       </c>
       <c r="L21" s="1">
         <v>1212</v>
       </c>
       <c r="M21" s="1">
         <v>202.0</v>
       </c>
       <c r="N21" s="1">
         <v>1212</v>
       </c>
       <c r="O21" s="1">
         <v>202.0</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" s="1">
         <v>19</v>
       </c>
       <c r="B22" s="1">
         <v>1064</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="1" t="s">
@@ -1807,163 +1807,163 @@
       </c>
       <c r="M22" s="1">
         <v>201.0</v>
       </c>
       <c r="N22" s="1">
         <v>1206</v>
       </c>
       <c r="O22" s="1">
         <v>201.0</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" s="1">
         <v>20</v>
       </c>
       <c r="B23" s="1">
         <v>8048</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F23" s="1">
         <v>204</v>
       </c>
       <c r="G23" s="1">
         <v>157</v>
       </c>
       <c r="H23" s="1">
         <v>203</v>
       </c>
       <c r="I23" s="1">
         <v>198</v>
       </c>
       <c r="J23" s="1">
         <v>215</v>
       </c>
       <c r="K23" s="1">
         <v>228</v>
       </c>
       <c r="L23" s="1">
         <v>1205</v>
       </c>
       <c r="M23" s="1">
         <v>200.83</v>
       </c>
       <c r="N23" s="1">
         <v>1205</v>
       </c>
       <c r="O23" s="1">
         <v>200.83</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1">
-        <v>8018</v>
+        <v>1</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F24" s="1">
-        <v>213</v>
+        <v>191</v>
       </c>
       <c r="G24" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
       <c r="H24" s="1">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="I24" s="1">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J24" s="1">
-        <v>214</v>
+        <v>187</v>
       </c>
       <c r="K24" s="1">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="L24" s="1">
         <v>1204</v>
       </c>
       <c r="M24" s="1">
         <v>200.67</v>
       </c>
       <c r="N24" s="1">
         <v>1204</v>
       </c>
       <c r="O24" s="1">
         <v>200.67</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1">
-        <v>1</v>
+        <v>8018</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F25" s="1">
-        <v>191</v>
+        <v>213</v>
       </c>
       <c r="G25" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
       <c r="H25" s="1">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="I25" s="1">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="J25" s="1">
-        <v>187</v>
+        <v>214</v>
       </c>
       <c r="K25" s="1">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="L25" s="1">
         <v>1204</v>
       </c>
       <c r="M25" s="1">
         <v>200.67</v>
       </c>
       <c r="N25" s="1">
         <v>1204</v>
       </c>
       <c r="O25" s="1">
         <v>200.67</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1">
         <v>8049</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D26" s="1" t="s">
@@ -1995,92 +1995,92 @@
       </c>
       <c r="M26" s="1">
         <v>199.83</v>
       </c>
       <c r="N26" s="1">
         <v>1199</v>
       </c>
       <c r="O26" s="1">
         <v>199.83</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" s="1">
         <v>24</v>
       </c>
       <c r="B27" s="1">
         <v>8038</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F27" s="1">
         <v>172</v>
       </c>
       <c r="G27" s="1">
         <v>227</v>
       </c>
       <c r="H27" s="1">
         <v>213</v>
       </c>
       <c r="I27" s="1">
         <v>178</v>
       </c>
       <c r="J27" s="1">
         <v>219</v>
       </c>
       <c r="K27" s="1">
         <v>188</v>
       </c>
       <c r="L27" s="1">
         <v>1197</v>
       </c>
       <c r="M27" s="1">
         <v>199.5</v>
       </c>
       <c r="N27" s="1">
         <v>1197</v>
       </c>
       <c r="O27" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1">
         <v>8039</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F28" s="1">
         <v>203</v>
       </c>
       <c r="G28" s="1">
         <v>176</v>
       </c>
       <c r="H28" s="1">
         <v>182</v>
       </c>
       <c r="I28" s="1">
         <v>188</v>
       </c>
       <c r="J28" s="1">
         <v>202</v>
       </c>
       <c r="K28" s="1">
         <v>243</v>
       </c>
@@ -2230,51 +2230,51 @@
       </c>
       <c r="M31" s="1">
         <v>194.0</v>
       </c>
       <c r="N31" s="1">
         <v>1164</v>
       </c>
       <c r="O31" s="1">
         <v>194.0</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" s="1">
         <v>29</v>
       </c>
       <c r="B32" s="1">
         <v>2015</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F32" s="1">
         <v>226</v>
       </c>
       <c r="G32" s="1">
         <v>187</v>
       </c>
       <c r="H32" s="1">
         <v>168</v>
       </c>
       <c r="I32" s="1">
         <v>181</v>
       </c>
       <c r="J32" s="1">
         <v>191</v>
       </c>
       <c r="K32" s="1">
         <v>210</v>
       </c>
       <c r="L32" s="1">
         <v>1163</v>
       </c>
       <c r="M32" s="1">
         <v>193.83</v>
       </c>
@@ -2418,51 +2418,51 @@
       </c>
       <c r="M35" s="1">
         <v>190.83</v>
       </c>
       <c r="N35" s="1">
         <v>1145</v>
       </c>
       <c r="O35" s="1">
         <v>190.83</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" s="1">
         <v>33</v>
       </c>
       <c r="B36" s="1">
         <v>1471</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>84</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F36" s="1">
         <v>237</v>
       </c>
       <c r="G36" s="1">
         <v>169</v>
       </c>
       <c r="H36" s="1">
         <v>190</v>
       </c>
       <c r="I36" s="1">
         <v>190</v>
       </c>
       <c r="J36" s="1">
         <v>176</v>
       </c>
       <c r="K36" s="1">
         <v>178</v>
       </c>
       <c r="L36" s="1">
         <v>1140</v>
       </c>
       <c r="M36" s="1">
         <v>190.0</v>
       </c>
@@ -2747,51 +2747,51 @@
       </c>
       <c r="M42" s="1">
         <v>185.17</v>
       </c>
       <c r="N42" s="1">
         <v>1111</v>
       </c>
       <c r="O42" s="1">
         <v>185.17</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" s="1">
         <v>40</v>
       </c>
       <c r="B43" s="1">
         <v>8017</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F43" s="1">
         <v>156</v>
       </c>
       <c r="G43" s="1">
         <v>235</v>
       </c>
       <c r="H43" s="1">
         <v>198</v>
       </c>
       <c r="I43" s="1">
         <v>162</v>
       </c>
       <c r="J43" s="1">
         <v>162</v>
       </c>
       <c r="K43" s="1">
         <v>197</v>
       </c>
       <c r="L43" s="1">
         <v>1110</v>
       </c>
       <c r="M43" s="1">
         <v>185.0</v>
       </c>
@@ -3076,98 +3076,98 @@
       </c>
       <c r="M49" s="1">
         <v>177.17</v>
       </c>
       <c r="N49" s="1">
         <v>1063</v>
       </c>
       <c r="O49" s="1">
         <v>177.17</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" s="1">
         <v>47</v>
       </c>
       <c r="B50" s="1">
         <v>8019</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>109</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F50" s="1">
         <v>183</v>
       </c>
       <c r="G50" s="1">
         <v>165</v>
       </c>
       <c r="H50" s="1">
         <v>160</v>
       </c>
       <c r="I50" s="1">
         <v>171</v>
       </c>
       <c r="J50" s="1">
         <v>207</v>
       </c>
       <c r="K50" s="1">
         <v>173</v>
       </c>
       <c r="L50" s="1">
         <v>1059</v>
       </c>
       <c r="M50" s="1">
         <v>176.5</v>
       </c>
       <c r="N50" s="1">
         <v>1059</v>
       </c>
       <c r="O50" s="1">
         <v>176.5</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51" s="1">
         <v>48</v>
       </c>
       <c r="B51" s="1">
         <v>8016</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F51" s="1">
         <v>168</v>
       </c>
       <c r="G51" s="1">
         <v>177</v>
       </c>
       <c r="H51" s="1">
         <v>213</v>
       </c>
       <c r="I51" s="1">
         <v>167</v>
       </c>
       <c r="J51" s="1">
         <v>133</v>
       </c>
       <c r="K51" s="1">
         <v>198</v>
       </c>
       <c r="L51" s="1">
         <v>1056</v>
       </c>
       <c r="M51" s="1">
         <v>176.0</v>
       </c>
@@ -3305,51 +3305,51 @@
       </c>
       <c r="K54" s="1">
         <v>182</v>
       </c>
       <c r="L54" s="1">
         <v>1038</v>
       </c>
       <c r="M54" s="1">
         <v>173.0</v>
       </c>
       <c r="N54" s="1">
         <v>1038</v>
       </c>
       <c r="O54" s="1">
         <v>173.0</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" s="1">
         <v>52</v>
       </c>
       <c r="B55" s="1">
         <v>8033</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>50</v>
       </c>
       <c r="F55" s="1">
         <v>171</v>
       </c>
       <c r="G55" s="1">
         <v>157</v>
       </c>
       <c r="H55" s="1">
         <v>163</v>
       </c>
       <c r="I55" s="1">
         <v>211</v>
       </c>
       <c r="J55" s="1">
         <v>158</v>
       </c>
       <c r="K55" s="1">
         <v>166</v>
       </c>