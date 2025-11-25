--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -102,75 +102,75 @@
   <si>
     <t>Ivan</t>
   </si>
   <si>
     <t>Riveros</t>
   </si>
   <si>
     <t>Alexander</t>
   </si>
   <si>
     <t>Mejia</t>
   </si>
   <si>
     <t>John</t>
   </si>
   <si>
     <t>Martinez</t>
   </si>
   <si>
     <t>Nariño</t>
   </si>
   <si>
     <t>Yela</t>
   </si>
   <si>
+    <t>Edison</t>
+  </si>
+  <si>
+    <t>Lozano</t>
+  </si>
+  <si>
+    <t>Toby</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Giraldo</t>
+  </si>
+  <si>
+    <t>Corazón del Valle</t>
+  </si>
+  <si>
     <t>Jorge</t>
   </si>
   <si>
     <t>Contreras</t>
   </si>
   <si>
     <t>Norte de Santander</t>
-  </si>
-[...16 lines deleted...]
-    <t>Corazón del Valle</t>
   </si>
   <si>
     <t>Alvaro</t>
   </si>
   <si>
     <t>Torres</t>
   </si>
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Hernan</t>
   </si>
   <si>
     <t>Vivas</t>
   </si>
   <si>
     <t>Hector</t>
   </si>
   <si>
     <t>Dario</t>
   </si>
   <si>
     <t>Jaimes</t>
   </si>
@@ -1064,231 +1064,231 @@
       </c>
       <c r="J9" s="1">
         <v>114</v>
       </c>
       <c r="K9" s="1">
         <v>171</v>
       </c>
       <c r="L9" s="1">
         <v>850</v>
       </c>
       <c r="M9" s="1">
         <v>141.67</v>
       </c>
       <c r="N9" s="1">
         <v>850</v>
       </c>
       <c r="O9" s="1">
         <v>141.67</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>1611</v>
+        <v>1619</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F10" s="1">
-        <v>189</v>
+        <v>151</v>
       </c>
       <c r="G10" s="1">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="H10" s="1">
-        <v>184</v>
+        <v>140</v>
       </c>
       <c r="I10" s="1">
-        <v>183</v>
+        <v>164</v>
       </c>
       <c r="J10" s="1">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="K10" s="1">
         <v>147</v>
       </c>
       <c r="L10" s="1">
-        <v>970</v>
+        <v>860</v>
       </c>
       <c r="M10" s="1">
-        <v>161.67</v>
+        <v>143.33</v>
       </c>
       <c r="N10" s="1">
-        <v>970</v>
+        <v>860</v>
       </c>
       <c r="O10" s="1">
-        <v>161.67</v>
+        <v>143.33</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1">
         <v>8</v>
       </c>
       <c r="B11" s="1">
-        <v>1612</v>
+        <v>1620</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F11" s="1">
-        <v>149</v>
+        <v>167</v>
       </c>
       <c r="G11" s="1">
-        <v>157</v>
+        <v>171</v>
       </c>
       <c r="H11" s="1">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="I11" s="1">
-        <v>148</v>
+        <v>135</v>
       </c>
       <c r="J11" s="1">
-        <v>145</v>
+        <v>174</v>
       </c>
       <c r="K11" s="1">
-        <v>121</v>
+        <v>193</v>
       </c>
       <c r="L11" s="1">
-        <v>868</v>
+        <v>978</v>
       </c>
       <c r="M11" s="1">
-        <v>144.67</v>
+        <v>163.0</v>
       </c>
       <c r="N11" s="1">
-        <v>868</v>
+        <v>978</v>
       </c>
       <c r="O11" s="1">
-        <v>144.67</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1">
         <v>9</v>
       </c>
       <c r="B12" s="1">
-        <v>1619</v>
+        <v>1611</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F12" s="1">
-        <v>151</v>
+        <v>189</v>
       </c>
       <c r="G12" s="1">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="H12" s="1">
-        <v>140</v>
+        <v>184</v>
       </c>
       <c r="I12" s="1">
-        <v>164</v>
+        <v>183</v>
       </c>
       <c r="J12" s="1">
-        <v>112</v>
+        <v>125</v>
       </c>
       <c r="K12" s="1">
         <v>147</v>
       </c>
       <c r="L12" s="1">
-        <v>860</v>
+        <v>970</v>
       </c>
       <c r="M12" s="1">
-        <v>143.33</v>
+        <v>161.67</v>
       </c>
       <c r="N12" s="1">
-        <v>860</v>
+        <v>970</v>
       </c>
       <c r="O12" s="1">
-        <v>143.33</v>
+        <v>161.67</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1">
         <v>10</v>
       </c>
       <c r="B13" s="1">
-        <v>1620</v>
+        <v>1612</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F13" s="1">
-        <v>167</v>
+        <v>149</v>
       </c>
       <c r="G13" s="1">
-        <v>171</v>
+        <v>157</v>
       </c>
       <c r="H13" s="1">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="I13" s="1">
-        <v>135</v>
+        <v>148</v>
       </c>
       <c r="J13" s="1">
-        <v>174</v>
+        <v>145</v>
       </c>
       <c r="K13" s="1">
-        <v>193</v>
+        <v>121</v>
       </c>
       <c r="L13" s="1">
-        <v>978</v>
+        <v>868</v>
       </c>
       <c r="M13" s="1">
-        <v>163.0</v>
+        <v>144.67</v>
       </c>
       <c r="N13" s="1">
-        <v>978</v>
+        <v>868</v>
       </c>
       <c r="O13" s="1">
-        <v>163.0</v>
+        <v>144.67</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1">
         <v>11</v>
       </c>
       <c r="B14" s="1">
         <v>1641</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="1">
         <v>174</v>
       </c>
       <c r="G14" s="1">
         <v>120</v>
       </c>
       <c r="H14" s="1">
@@ -1355,145 +1355,145 @@
       </c>
       <c r="M15" s="1">
         <v>156.33</v>
       </c>
       <c r="N15" s="1">
         <v>938</v>
       </c>
       <c r="O15" s="1">
         <v>156.33</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="1">
         <v>13</v>
       </c>
       <c r="B16" s="1">
         <v>1607</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F16" s="1">
         <v>173</v>
       </c>
       <c r="G16" s="1">
         <v>135</v>
       </c>
       <c r="H16" s="1">
         <v>134</v>
       </c>
       <c r="I16" s="1">
         <v>165</v>
       </c>
       <c r="J16" s="1">
         <v>147</v>
       </c>
       <c r="K16" s="1">
         <v>174</v>
       </c>
       <c r="L16" s="1">
         <v>928</v>
       </c>
       <c r="M16" s="1">
         <v>154.67</v>
       </c>
       <c r="N16" s="1">
         <v>928</v>
       </c>
       <c r="O16" s="1">
         <v>154.67</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1">
         <v>1608</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F17" s="1">
         <v>136</v>
       </c>
       <c r="G17" s="1">
         <v>149</v>
       </c>
       <c r="H17" s="1">
         <v>147</v>
       </c>
       <c r="I17" s="1">
         <v>164</v>
       </c>
       <c r="J17" s="1">
         <v>144</v>
       </c>
       <c r="K17" s="1">
         <v>114</v>
       </c>
       <c r="L17" s="1">
         <v>854</v>
       </c>
       <c r="M17" s="1">
         <v>142.33</v>
       </c>
       <c r="N17" s="1">
         <v>854</v>
       </c>
       <c r="O17" s="1">
         <v>142.33</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="1">
         <v>15</v>
       </c>
       <c r="B18" s="1">
         <v>1618</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F18" s="1">
         <v>155</v>
       </c>
       <c r="G18" s="1">
         <v>146</v>
       </c>
       <c r="H18" s="1">
         <v>168</v>
       </c>
       <c r="I18" s="1">
         <v>148</v>
       </c>
       <c r="J18" s="1">
         <v>128</v>
       </c>
       <c r="K18" s="1">
         <v>138</v>
       </c>
       <c r="L18" s="1">
         <v>883</v>
       </c>
       <c r="M18" s="1">
         <v>147.17</v>
       </c>
@@ -1590,139 +1590,139 @@
       </c>
       <c r="M20" s="1">
         <v>145.33</v>
       </c>
       <c r="N20" s="1">
         <v>872</v>
       </c>
       <c r="O20" s="1">
         <v>145.33</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" s="1">
         <v>18</v>
       </c>
       <c r="B21" s="1">
         <v>1609</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F21" s="1">
         <v>125</v>
       </c>
       <c r="G21" s="1">
         <v>105</v>
       </c>
       <c r="H21" s="1">
         <v>130</v>
       </c>
       <c r="I21" s="1">
         <v>139</v>
       </c>
       <c r="J21" s="1">
         <v>176</v>
       </c>
       <c r="K21" s="1">
         <v>130</v>
       </c>
       <c r="L21" s="1">
         <v>805</v>
       </c>
       <c r="M21" s="1">
         <v>134.17</v>
       </c>
       <c r="N21" s="1">
         <v>805</v>
       </c>
       <c r="O21" s="1">
         <v>134.17</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" s="1">
         <v>19</v>
       </c>
       <c r="B22" s="1">
         <v>1610</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F22" s="1">
         <v>151</v>
       </c>
       <c r="G22" s="1">
         <v>170</v>
       </c>
       <c r="H22" s="1">
         <v>144</v>
       </c>
       <c r="I22" s="1">
         <v>177</v>
       </c>
       <c r="J22" s="1">
         <v>135</v>
       </c>
       <c r="K22" s="1">
         <v>169</v>
       </c>
       <c r="L22" s="1">
         <v>946</v>
       </c>
       <c r="M22" s="1">
         <v>157.67</v>
       </c>
       <c r="N22" s="1">
         <v>946</v>
       </c>
       <c r="O22" s="1">
         <v>157.67</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" s="1">
         <v>20</v>
       </c>
       <c r="B23" s="1">
         <v>1601</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F23" s="1">
         <v>161</v>
       </c>
       <c r="G23" s="1">
         <v>158</v>
       </c>
       <c r="H23" s="1">
         <v>169</v>
       </c>
       <c r="I23" s="1">
         <v>142</v>
       </c>
       <c r="J23" s="1">
         <v>163</v>
       </c>
       <c r="K23" s="1">
         <v>152</v>
       </c>
@@ -1960,98 +1960,98 @@
       </c>
       <c r="K28" s="1">
         <v>109</v>
       </c>
       <c r="L28" s="1">
         <v>798</v>
       </c>
       <c r="M28" s="1">
         <v>133.0</v>
       </c>
       <c r="N28" s="1">
         <v>798</v>
       </c>
       <c r="O28" s="1">
         <v>133.0</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" s="1">
         <v>26</v>
       </c>
       <c r="B29" s="1">
         <v>1621</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>65</v>
       </c>
       <c r="F29" s="1">
         <v>131</v>
       </c>
       <c r="G29" s="1">
         <v>148</v>
       </c>
       <c r="H29" s="1">
         <v>143</v>
       </c>
       <c r="I29" s="1">
         <v>131</v>
       </c>
       <c r="J29" s="1">
         <v>127</v>
       </c>
       <c r="K29" s="1">
         <v>168</v>
       </c>
       <c r="L29" s="1">
         <v>848</v>
       </c>
       <c r="M29" s="1">
         <v>141.33</v>
       </c>
       <c r="N29" s="1">
         <v>848</v>
       </c>
       <c r="O29" s="1">
         <v>141.33</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1">
         <v>1622</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>65</v>
       </c>
       <c r="F30" s="1">
         <v>122</v>
       </c>
       <c r="G30" s="1">
         <v>127</v>
       </c>
       <c r="H30" s="1">
         <v>166</v>
       </c>
       <c r="I30" s="1">
         <v>139</v>
       </c>
       <c r="J30" s="1">
         <v>125</v>
       </c>
       <c r="K30" s="1">
         <v>129</v>
       </c>
@@ -2101,51 +2101,51 @@
       </c>
       <c r="K31" s="1">
         <v>165</v>
       </c>
       <c r="L31" s="1">
         <v>759</v>
       </c>
       <c r="M31" s="1">
         <v>126.5</v>
       </c>
       <c r="N31" s="1">
         <v>759</v>
       </c>
       <c r="O31" s="1">
         <v>126.5</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" s="1">
         <v>29</v>
       </c>
       <c r="B32" s="1">
         <v>1615</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>48</v>
       </c>
       <c r="F32" s="1">
         <v>101</v>
       </c>
       <c r="G32" s="1">
         <v>143</v>
       </c>
       <c r="H32" s="1">
         <v>148</v>
       </c>
       <c r="I32" s="1">
         <v>163</v>
       </c>
       <c r="J32" s="1">
         <v>140</v>
       </c>
       <c r="K32" s="1">
         <v>141</v>
       </c>
@@ -2806,51 +2806,51 @@
       </c>
       <c r="K46" s="1">
         <v>114</v>
       </c>
       <c r="L46" s="1">
         <v>674</v>
       </c>
       <c r="M46" s="1">
         <v>112.33</v>
       </c>
       <c r="N46" s="1">
         <v>674</v>
       </c>
       <c r="O46" s="1">
         <v>112.33</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" s="1">
         <v>44</v>
       </c>
       <c r="B47" s="1">
         <v>1606</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F47" s="1">
         <v>121</v>
       </c>
       <c r="G47" s="1">
         <v>120</v>
       </c>
       <c r="H47" s="1">
         <v>121</v>
       </c>
       <c r="I47" s="1">
         <v>90</v>
       </c>
       <c r="J47" s="1">
         <v>86</v>
       </c>
       <c r="K47" s="1">
         <v>86</v>
       </c>