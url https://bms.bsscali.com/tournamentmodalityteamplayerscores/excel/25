--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -153,57 +153,57 @@
   <si>
     <t>Vivas</t>
   </si>
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Aldivey</t>
   </si>
   <si>
     <t>Sanchez</t>
   </si>
   <si>
     <t>Bogotá</t>
   </si>
   <si>
     <t>Edison</t>
   </si>
   <si>
     <t>Lozano</t>
   </si>
   <si>
     <t>Toby</t>
   </si>
   <si>
+    <t>Mejia</t>
+  </si>
+  <si>
     <t>Jorge</t>
   </si>
   <si>
     <t>Contreras</t>
-  </si>
-[...1 lines deleted...]
-    <t>Mejia</t>
   </si>
   <si>
     <t>Caldas</t>
   </si>
   <si>
     <t>Ivan</t>
   </si>
   <si>
     <t>Riveros</t>
   </si>
   <si>
     <t>Robledo</t>
   </si>
   <si>
     <t>Ocampo</t>
   </si>
   <si>
     <t>Miguel A</t>
   </si>
   <si>
     <t>Alvaro</t>
   </si>
   <si>
     <t>Torres</t>
   </si>
@@ -1346,148 +1346,148 @@
       </c>
       <c r="J15" s="1">
         <v>172</v>
       </c>
       <c r="K15" s="1">
         <v>170</v>
       </c>
       <c r="L15" s="1">
         <v>912</v>
       </c>
       <c r="M15" s="1">
         <v>152.0</v>
       </c>
       <c r="N15" s="1">
         <v>912</v>
       </c>
       <c r="O15" s="1">
         <v>152.0</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="1">
         <v>13</v>
       </c>
       <c r="B16" s="1">
-        <v>1611</v>
+        <v>1630</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="1" t="s">
-        <v>35</v>
+        <v>7</v>
       </c>
       <c r="F16" s="1">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="G16" s="1">
+        <v>171</v>
+      </c>
+      <c r="H16" s="1">
+        <v>156</v>
+      </c>
+      <c r="I16" s="1">
         <v>147</v>
       </c>
-      <c r="H16" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="J16" s="1">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="K16" s="1">
-        <v>162</v>
+        <v>136</v>
       </c>
       <c r="L16" s="1">
         <v>911</v>
       </c>
       <c r="M16" s="1">
         <v>151.83</v>
       </c>
       <c r="N16" s="1">
         <v>911</v>
       </c>
       <c r="O16" s="1">
         <v>151.83</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1">
-        <v>1630</v>
+        <v>1611</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>7</v>
+        <v>35</v>
       </c>
       <c r="F17" s="1">
-        <v>134</v>
+        <v>146</v>
       </c>
       <c r="G17" s="1">
-        <v>171</v>
+        <v>147</v>
       </c>
       <c r="H17" s="1">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="I17" s="1">
+        <v>159</v>
+      </c>
+      <c r="J17" s="1">
         <v>147</v>
       </c>
-      <c r="J17" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="K17" s="1">
-        <v>136</v>
+        <v>162</v>
       </c>
       <c r="L17" s="1">
         <v>911</v>
       </c>
       <c r="M17" s="1">
         <v>151.83</v>
       </c>
       <c r="N17" s="1">
         <v>911</v>
       </c>
       <c r="O17" s="1">
         <v>151.83</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="1">
         <v>15</v>
       </c>
       <c r="B18" s="1">
         <v>1621</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F18" s="1">
         <v>151</v>
       </c>
       <c r="G18" s="1">
         <v>149</v>
       </c>
       <c r="H18" s="1">
         <v>147</v>
       </c>
       <c r="I18" s="1">
         <v>153</v>
       </c>
       <c r="J18" s="1">
         <v>140</v>
       </c>
       <c r="K18" s="1">
         <v>158</v>
       </c>
@@ -1584,51 +1584,51 @@
       </c>
       <c r="K20" s="1">
         <v>149</v>
       </c>
       <c r="L20" s="1">
         <v>889</v>
       </c>
       <c r="M20" s="1">
         <v>148.17</v>
       </c>
       <c r="N20" s="1">
         <v>889</v>
       </c>
       <c r="O20" s="1">
         <v>148.17</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" s="1">
         <v>18</v>
       </c>
       <c r="B21" s="1">
         <v>1622</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F21" s="1">
         <v>147</v>
       </c>
       <c r="G21" s="1">
         <v>137</v>
       </c>
       <c r="H21" s="1">
         <v>183</v>
       </c>
       <c r="I21" s="1">
         <v>147</v>
       </c>
       <c r="J21" s="1">
         <v>150</v>
       </c>
       <c r="K21" s="1">
         <v>114</v>
       </c>
@@ -1722,125 +1722,125 @@
       </c>
       <c r="J23" s="1">
         <v>152</v>
       </c>
       <c r="K23" s="1">
         <v>150</v>
       </c>
       <c r="L23" s="1">
         <v>859</v>
       </c>
       <c r="M23" s="1">
         <v>143.17</v>
       </c>
       <c r="N23" s="1">
         <v>859</v>
       </c>
       <c r="O23" s="1">
         <v>143.17</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1">
-        <v>1612</v>
+        <v>1601</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F24" s="1">
-        <v>149</v>
+        <v>130</v>
       </c>
       <c r="G24" s="1">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="H24" s="1">
-        <v>174</v>
+        <v>145</v>
       </c>
       <c r="I24" s="1">
-        <v>139</v>
+        <v>168</v>
       </c>
       <c r="J24" s="1">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="K24" s="1">
-        <v>149</v>
+        <v>133</v>
       </c>
       <c r="L24" s="1">
         <v>855</v>
       </c>
       <c r="M24" s="1">
         <v>142.5</v>
       </c>
       <c r="N24" s="1">
         <v>855</v>
       </c>
       <c r="O24" s="1">
         <v>142.5</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1">
-        <v>1601</v>
+        <v>1612</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="F25" s="1">
-        <v>130</v>
+        <v>149</v>
       </c>
       <c r="G25" s="1">
-        <v>151</v>
+        <v>122</v>
       </c>
       <c r="H25" s="1">
-        <v>145</v>
+        <v>174</v>
       </c>
       <c r="I25" s="1">
-        <v>168</v>
+        <v>139</v>
       </c>
       <c r="J25" s="1">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="K25" s="1">
-        <v>133</v>
+        <v>149</v>
       </c>
       <c r="L25" s="1">
         <v>855</v>
       </c>
       <c r="M25" s="1">
         <v>142.5</v>
       </c>
       <c r="N25" s="1">
         <v>855</v>
       </c>
       <c r="O25" s="1">
         <v>142.5</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1">
         <v>1604</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D26" s="1" t="s">
@@ -2007,51 +2007,51 @@
       </c>
       <c r="K29" s="1">
         <v>149</v>
       </c>
       <c r="L29" s="1">
         <v>836</v>
       </c>
       <c r="M29" s="1">
         <v>139.33</v>
       </c>
       <c r="N29" s="1">
         <v>836</v>
       </c>
       <c r="O29" s="1">
         <v>139.33</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1">
         <v>1615</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>42</v>
       </c>
       <c r="F30" s="1">
         <v>143</v>
       </c>
       <c r="G30" s="1">
         <v>118</v>
       </c>
       <c r="H30" s="1">
         <v>133</v>
       </c>
       <c r="I30" s="1">
         <v>156</v>
       </c>
       <c r="J30" s="1">
         <v>127</v>
       </c>
       <c r="K30" s="1">
         <v>152</v>
       </c>