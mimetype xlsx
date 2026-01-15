--- v1 (2025-11-25)
+++ v2 (2026-01-15)
@@ -153,59 +153,59 @@
   <si>
     <t>Vivas</t>
   </si>
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Aldivey</t>
   </si>
   <si>
     <t>Sanchez</t>
   </si>
   <si>
     <t>Bogotá</t>
   </si>
   <si>
     <t>Edison</t>
   </si>
   <si>
     <t>Lozano</t>
   </si>
   <si>
     <t>Toby</t>
   </si>
   <si>
+    <t>Jorge</t>
+  </si>
+  <si>
+    <t>Contreras</t>
+  </si>
+  <si>
     <t>Mejia</t>
   </si>
   <si>
-    <t>Jorge</t>
-[...4 lines deleted...]
-  <si>
     <t>Caldas</t>
   </si>
   <si>
     <t>Ivan</t>
   </si>
   <si>
     <t>Riveros</t>
   </si>
   <si>
     <t>Robledo</t>
   </si>
   <si>
     <t>Ocampo</t>
   </si>
   <si>
     <t>Miguel A</t>
   </si>
   <si>
     <t>Alvaro</t>
   </si>
   <si>
     <t>Torres</t>
   </si>
   <si>
     <t>Cadena</t>
@@ -216,54 +216,54 @@
   <si>
     <t>Ortega</t>
   </si>
   <si>
     <t>Manuel</t>
   </si>
   <si>
     <t>Ramirez</t>
   </si>
   <si>
     <t>Atlantico</t>
   </si>
   <si>
     <t>Humberto</t>
   </si>
   <si>
     <t>Jaimes</t>
   </si>
   <si>
     <t>Faver</t>
   </si>
   <si>
     <t>Gelves</t>
   </si>
   <si>
+    <t>Dario</t>
+  </si>
+  <si>
     <t>Riaño</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dario</t>
   </si>
   <si>
     <t>Ricardo</t>
   </si>
   <si>
     <t>Lascano</t>
   </si>
   <si>
     <t>Gabriel</t>
   </si>
   <si>
     <t>Muriel</t>
   </si>
   <si>
     <t>Darwin</t>
   </si>
   <si>
     <t>Moreno</t>
   </si>
   <si>
     <t>Eduardo</t>
   </si>
   <si>
     <t>Malvido</t>
   </si>
@@ -1346,148 +1346,148 @@
       </c>
       <c r="J15" s="1">
         <v>172</v>
       </c>
       <c r="K15" s="1">
         <v>170</v>
       </c>
       <c r="L15" s="1">
         <v>912</v>
       </c>
       <c r="M15" s="1">
         <v>152.0</v>
       </c>
       <c r="N15" s="1">
         <v>912</v>
       </c>
       <c r="O15" s="1">
         <v>152.0</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="1">
         <v>13</v>
       </c>
       <c r="B16" s="1">
-        <v>1630</v>
+        <v>1611</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>7</v>
+        <v>35</v>
       </c>
       <c r="F16" s="1">
-        <v>134</v>
+        <v>146</v>
       </c>
       <c r="G16" s="1">
-        <v>171</v>
+        <v>147</v>
       </c>
       <c r="H16" s="1">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="I16" s="1">
+        <v>159</v>
+      </c>
+      <c r="J16" s="1">
         <v>147</v>
       </c>
-      <c r="J16" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="K16" s="1">
-        <v>136</v>
+        <v>162</v>
       </c>
       <c r="L16" s="1">
         <v>911</v>
       </c>
       <c r="M16" s="1">
         <v>151.83</v>
       </c>
       <c r="N16" s="1">
         <v>911</v>
       </c>
       <c r="O16" s="1">
         <v>151.83</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1">
-        <v>1611</v>
+        <v>1630</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>35</v>
+        <v>7</v>
       </c>
       <c r="F17" s="1">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="G17" s="1">
+        <v>171</v>
+      </c>
+      <c r="H17" s="1">
+        <v>156</v>
+      </c>
+      <c r="I17" s="1">
         <v>147</v>
       </c>
-      <c r="H17" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="J17" s="1">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="K17" s="1">
-        <v>162</v>
+        <v>136</v>
       </c>
       <c r="L17" s="1">
         <v>911</v>
       </c>
       <c r="M17" s="1">
         <v>151.83</v>
       </c>
       <c r="N17" s="1">
         <v>911</v>
       </c>
       <c r="O17" s="1">
         <v>151.83</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="1">
         <v>15</v>
       </c>
       <c r="B18" s="1">
         <v>1621</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F18" s="1">
         <v>151</v>
       </c>
       <c r="G18" s="1">
         <v>149</v>
       </c>
       <c r="H18" s="1">
         <v>147</v>
       </c>
       <c r="I18" s="1">
         <v>153</v>
       </c>
       <c r="J18" s="1">
         <v>140</v>
       </c>
       <c r="K18" s="1">
         <v>158</v>
       </c>
@@ -1584,51 +1584,51 @@
       </c>
       <c r="K20" s="1">
         <v>149</v>
       </c>
       <c r="L20" s="1">
         <v>889</v>
       </c>
       <c r="M20" s="1">
         <v>148.17</v>
       </c>
       <c r="N20" s="1">
         <v>889</v>
       </c>
       <c r="O20" s="1">
         <v>148.17</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" s="1">
         <v>18</v>
       </c>
       <c r="B21" s="1">
         <v>1622</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F21" s="1">
         <v>147</v>
       </c>
       <c r="G21" s="1">
         <v>137</v>
       </c>
       <c r="H21" s="1">
         <v>183</v>
       </c>
       <c r="I21" s="1">
         <v>147</v>
       </c>
       <c r="J21" s="1">
         <v>150</v>
       </c>
       <c r="K21" s="1">
         <v>114</v>
       </c>
@@ -1772,51 +1772,51 @@
       </c>
       <c r="K24" s="1">
         <v>133</v>
       </c>
       <c r="L24" s="1">
         <v>855</v>
       </c>
       <c r="M24" s="1">
         <v>142.5</v>
       </c>
       <c r="N24" s="1">
         <v>855</v>
       </c>
       <c r="O24" s="1">
         <v>142.5</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1">
         <v>1612</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F25" s="1">
         <v>149</v>
       </c>
       <c r="G25" s="1">
         <v>122</v>
       </c>
       <c r="H25" s="1">
         <v>174</v>
       </c>
       <c r="I25" s="1">
         <v>139</v>
       </c>
       <c r="J25" s="1">
         <v>122</v>
       </c>
       <c r="K25" s="1">
         <v>149</v>
       </c>
@@ -2004,125 +2004,125 @@
       </c>
       <c r="J29" s="1">
         <v>148</v>
       </c>
       <c r="K29" s="1">
         <v>149</v>
       </c>
       <c r="L29" s="1">
         <v>836</v>
       </c>
       <c r="M29" s="1">
         <v>139.33</v>
       </c>
       <c r="N29" s="1">
         <v>836</v>
       </c>
       <c r="O29" s="1">
         <v>139.33</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1">
-        <v>1615</v>
+        <v>1608</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="F30" s="1">
-        <v>143</v>
+        <v>113</v>
       </c>
       <c r="G30" s="1">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="H30" s="1">
-        <v>133</v>
+        <v>166</v>
       </c>
       <c r="I30" s="1">
-        <v>156</v>
+        <v>138</v>
       </c>
       <c r="J30" s="1">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="K30" s="1">
-        <v>152</v>
+        <v>178</v>
       </c>
       <c r="L30" s="1">
         <v>829</v>
       </c>
       <c r="M30" s="1">
         <v>138.17</v>
       </c>
       <c r="N30" s="1">
         <v>829</v>
       </c>
       <c r="O30" s="1">
         <v>138.17</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" s="1">
         <v>28</v>
       </c>
       <c r="B31" s="1">
-        <v>1608</v>
+        <v>1615</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="1" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="F31" s="1">
-        <v>113</v>
+        <v>143</v>
       </c>
       <c r="G31" s="1">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="H31" s="1">
-        <v>166</v>
+        <v>133</v>
       </c>
       <c r="I31" s="1">
-        <v>138</v>
+        <v>156</v>
       </c>
       <c r="J31" s="1">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="K31" s="1">
-        <v>178</v>
+        <v>152</v>
       </c>
       <c r="L31" s="1">
         <v>829</v>
       </c>
       <c r="M31" s="1">
         <v>138.17</v>
       </c>
       <c r="N31" s="1">
         <v>829</v>
       </c>
       <c r="O31" s="1">
         <v>138.17</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" s="1">
         <v>29</v>
       </c>
       <c r="B32" s="1">
         <v>1638</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D32" s="1" t="s">