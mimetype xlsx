--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -387,60 +387,60 @@
   <si>
     <t>Oliverio</t>
   </si>
   <si>
     <t>Muñoz</t>
   </si>
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>Rojas</t>
   </si>
   <si>
     <t>Murcia</t>
   </si>
   <si>
     <t>Serrano</t>
   </si>
   <si>
     <t xml:space="preserve">Jose A </t>
   </si>
   <si>
     <t>Ayala</t>
   </si>
   <si>
+    <t>Ricardo</t>
+  </si>
+  <si>
+    <t>Federico</t>
+  </si>
+  <si>
+    <t>Mayorga</t>
+  </si>
+  <si>
     <t>Juan Jose</t>
-  </si>
-[...7 lines deleted...]
-    <t>Mayorga</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
@@ -5984,60 +5984,60 @@
       </c>
       <c r="Z56" s="1">
         <v>127</v>
       </c>
       <c r="AA56" s="1">
         <v>134</v>
       </c>
       <c r="AB56" s="1">
         <v>644</v>
       </c>
       <c r="AC56" s="1">
         <v>107.33</v>
       </c>
       <c r="AD56" s="1">
         <v>1823</v>
       </c>
       <c r="AE56" s="1">
         <v>101.28</v>
       </c>
     </row>
     <row r="57" spans="1:31">
       <c r="A57" s="1">
         <v>54</v>
       </c>
       <c r="B57" s="1">
-        <v>2118</v>
+        <v>1043</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>7</v>
+        <v>60</v>
       </c>
       <c r="F57" s="1">
         <v>0</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="1">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="1">
         <v>0</v>
       </c>
       <c r="K57" s="1">
         <v>0</v>
       </c>
       <c r="L57" s="1">
         <v>0</v>
       </c>
       <c r="M57" s="1">
         <v>0.0</v>
       </c>
@@ -6079,60 +6079,60 @@
       </c>
       <c r="Z57" s="1">
         <v>0</v>
       </c>
       <c r="AA57" s="1">
         <v>0</v>
       </c>
       <c r="AB57" s="1">
         <v>0</v>
       </c>
       <c r="AC57" s="1">
         <v>0.0</v>
       </c>
       <c r="AD57" s="1">
         <v>0</v>
       </c>
       <c r="AE57" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="58" spans="1:31">
       <c r="A58" s="1">
         <v>55</v>
       </c>
       <c r="B58" s="1">
-        <v>1043</v>
+        <v>3024</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>60</v>
+        <v>7</v>
       </c>
       <c r="F58" s="1">
         <v>0</v>
       </c>
       <c r="G58" s="1">
         <v>0</v>
       </c>
       <c r="H58" s="1">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="1">
         <v>0</v>
       </c>
       <c r="K58" s="1">
         <v>0</v>
       </c>
       <c r="L58" s="1">
         <v>0</v>
       </c>
       <c r="M58" s="1">
         <v>0.0</v>
       </c>
@@ -6174,57 +6174,57 @@
       </c>
       <c r="Z58" s="1">
         <v>0</v>
       </c>
       <c r="AA58" s="1">
         <v>0</v>
       </c>
       <c r="AB58" s="1">
         <v>0</v>
       </c>
       <c r="AC58" s="1">
         <v>0.0</v>
       </c>
       <c r="AD58" s="1">
         <v>0</v>
       </c>
       <c r="AE58" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="59" spans="1:31">
       <c r="A59" s="1">
         <v>56</v>
       </c>
       <c r="B59" s="1">
-        <v>3024</v>
+        <v>2118</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>127</v>
+        <v>102</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F59" s="1">
         <v>0</v>
       </c>
       <c r="G59" s="1">
         <v>0</v>
       </c>
       <c r="H59" s="1">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="1">
         <v>0</v>
       </c>
       <c r="K59" s="1">
         <v>0</v>
       </c>
       <c r="L59" s="1">
         <v>0</v>
       </c>