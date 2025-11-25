--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -99,161 +99,161 @@
   <si>
     <t>Rueda</t>
   </si>
   <si>
     <t>Bogotá</t>
   </si>
   <si>
     <t>Cristian D</t>
   </si>
   <si>
     <t>Jimenez</t>
   </si>
   <si>
     <t>Antioquia</t>
   </si>
   <si>
     <t>Fabian</t>
   </si>
   <si>
     <t>Lores</t>
   </si>
   <si>
     <t>Corazón del Valle</t>
   </si>
   <si>
+    <t>087968576879</t>
+  </si>
+  <si>
+    <t>Gonzalo</t>
+  </si>
+  <si>
+    <t>Flechas</t>
+  </si>
+  <si>
+    <t>Cundinamarca</t>
+  </si>
+  <si>
     <t>Juan M</t>
   </si>
   <si>
     <t>Diaz</t>
   </si>
   <si>
     <t>Toby</t>
   </si>
   <si>
-    <t>087968576879</t>
-[...10 lines deleted...]
-  <si>
     <t>Manuel</t>
   </si>
   <si>
     <t>Castellanos</t>
   </si>
   <si>
+    <t>Dario</t>
+  </si>
+  <si>
+    <t>Rodriguez</t>
+  </si>
+  <si>
     <t>Juan F</t>
   </si>
   <si>
     <t>Castro</t>
   </si>
   <si>
-    <t>Dario</t>
-[...4 lines deleted...]
-  <si>
     <t>Hernando</t>
   </si>
   <si>
     <t>Solorzano</t>
   </si>
   <si>
     <t>Farallones</t>
   </si>
   <si>
+    <t>Rodrigo</t>
+  </si>
+  <si>
+    <t>Charry</t>
+  </si>
+  <si>
+    <t>Los Amigos</t>
+  </si>
+  <si>
     <t>Alexander</t>
   </si>
   <si>
     <t>Yela</t>
   </si>
   <si>
     <t>Nariño</t>
   </si>
   <si>
-    <t>Rodrigo</t>
-[...7 lines deleted...]
-  <si>
     <t>Sebastian</t>
   </si>
   <si>
     <t>Gabriel</t>
   </si>
   <si>
     <t>Villota</t>
   </si>
   <si>
     <t>Zarama</t>
   </si>
   <si>
     <t>Cristian C</t>
   </si>
   <si>
     <t>Esteban</t>
   </si>
   <si>
     <t>Ricardo</t>
   </si>
   <si>
     <t>Franco</t>
   </si>
   <si>
     <t>Risaralda</t>
   </si>
   <si>
     <t>Hernan</t>
   </si>
   <si>
     <t>Obando</t>
   </si>
   <si>
+    <t>Julio</t>
+  </si>
+  <si>
+    <t>Mondragon</t>
+  </si>
+  <si>
     <t>Juan Esteban</t>
   </si>
   <si>
     <t>Checa</t>
   </si>
   <si>
-    <t>Julio</t>
-[...4 lines deleted...]
-  <si>
     <t>Andres</t>
   </si>
   <si>
     <t>Ceron</t>
   </si>
   <si>
     <t>Cesar</t>
   </si>
   <si>
     <t>Wilches</t>
   </si>
   <si>
     <t>Carlos</t>
   </si>
   <si>
     <t>Espinosa</t>
   </si>
   <si>
     <t>Juan P</t>
   </si>
   <si>
     <t>Tojanci</t>
   </si>
   <si>
     <t xml:space="preserve">Sebastian </t>
@@ -261,65 +261,65 @@
   <si>
     <t>Correa</t>
   </si>
   <si>
     <t>Edgar</t>
   </si>
   <si>
     <t>Bastidas</t>
   </si>
   <si>
     <t>Castiblanco</t>
   </si>
   <si>
     <t>Eduardo</t>
   </si>
   <si>
     <t>Varela</t>
   </si>
   <si>
     <t xml:space="preserve">Rafael </t>
   </si>
   <si>
     <t>Mantilla</t>
   </si>
   <si>
+    <t>Santiago</t>
+  </si>
+  <si>
+    <t>Grisales</t>
+  </si>
+  <si>
     <t>Aymer</t>
   </si>
   <si>
     <t>Idrobo</t>
   </si>
   <si>
     <t>Cañaveral</t>
   </si>
   <si>
-    <t>Santiago</t>
-[...4 lines deleted...]
-  <si>
     <t>Atehortua</t>
   </si>
   <si>
     <t>Jorge</t>
   </si>
   <si>
     <t>Encinales</t>
   </si>
   <si>
     <t>Santander</t>
   </si>
   <si>
     <t>Adolfo</t>
   </si>
   <si>
     <t>Hernandez</t>
   </si>
   <si>
     <t>Higuera M</t>
   </si>
   <si>
     <t>Diego</t>
   </si>
   <si>
     <t>Ortiz</t>
@@ -381,111 +381,111 @@
   <si>
     <t>Soto</t>
   </si>
   <si>
     <t>Ferney</t>
   </si>
   <si>
     <t>Acevedo</t>
   </si>
   <si>
     <t>Benavidez</t>
   </si>
   <si>
     <t>Benitez</t>
   </si>
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Francesco</t>
   </si>
   <si>
     <t>Tradardi</t>
   </si>
   <si>
+    <t>Alberto</t>
+  </si>
+  <si>
+    <t>Marmolejo</t>
+  </si>
+  <si>
+    <t>Juan</t>
+  </si>
+  <si>
+    <t>Santos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Julio </t>
+  </si>
+  <si>
+    <t>Higuera P</t>
+  </si>
+  <si>
+    <t>Edgar Jr</t>
+  </si>
+  <si>
+    <t>Andres I</t>
+  </si>
+  <si>
+    <t>Estrada</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Ramirez Pinzon</t>
+  </si>
+  <si>
+    <t>Asmed</t>
+  </si>
+  <si>
+    <t>Herrera</t>
+  </si>
+  <si>
     <t>Fabian A</t>
   </si>
   <si>
     <t>Infante</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos A </t>
   </si>
   <si>
     <t>Segura</t>
   </si>
   <si>
     <t>Jhon</t>
   </si>
   <si>
     <t>Martinez</t>
   </si>
   <si>
     <t>Mario</t>
   </si>
   <si>
     <t>Galindo</t>
-  </si>
-[...37 lines deleted...]
-    <t>Herrera</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
@@ -1113,99 +1113,99 @@
         <v>0</v>
       </c>
       <c r="J7" s="1">
         <v>0</v>
       </c>
       <c r="K7" s="1">
         <v>0</v>
       </c>
       <c r="L7" s="1">
         <v>215</v>
       </c>
       <c r="M7" s="1">
         <v>215.0</v>
       </c>
       <c r="N7" s="1">
         <v>215</v>
       </c>
       <c r="O7" s="1">
         <v>35.83</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1">
         <v>5</v>
       </c>
-      <c r="B8" s="1">
-        <v>2801</v>
+      <c r="B8" s="1" t="s">
+        <v>28</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F8" s="1">
         <v>213</v>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
       <c r="H8" s="1">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="1">
         <v>0</v>
       </c>
       <c r="K8" s="1">
         <v>0</v>
       </c>
       <c r="L8" s="1">
         <v>213</v>
       </c>
       <c r="M8" s="1">
         <v>213.0</v>
       </c>
       <c r="N8" s="1">
         <v>213</v>
       </c>
       <c r="O8" s="1">
         <v>35.5</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1">
         <v>6</v>
       </c>
-      <c r="B9" s="1" t="s">
-        <v>31</v>
+      <c r="B9" s="1">
+        <v>2801</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="1">
         <v>213</v>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
       <c r="H9" s="1">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="1">
         <v>0</v>
       </c>
@@ -1217,145 +1217,145 @@
       </c>
       <c r="M9" s="1">
         <v>213.0</v>
       </c>
       <c r="N9" s="1">
         <v>213</v>
       </c>
       <c r="O9" s="1">
         <v>35.5</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1">
         <v>7</v>
       </c>
       <c r="B10" s="1">
         <v>8035</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F10" s="1">
         <v>211</v>
       </c>
       <c r="G10" s="1">
         <v>0</v>
       </c>
       <c r="H10" s="1">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="1">
         <v>0</v>
       </c>
       <c r="K10" s="1">
         <v>0</v>
       </c>
       <c r="L10" s="1">
         <v>211</v>
       </c>
       <c r="M10" s="1">
         <v>211.0</v>
       </c>
       <c r="N10" s="1">
         <v>211</v>
       </c>
       <c r="O10" s="1">
         <v>35.17</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1">
         <v>8</v>
       </c>
       <c r="B11" s="1">
-        <v>2891</v>
+        <v>8036</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F11" s="1">
         <v>210</v>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
       <c r="H11" s="1">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="1">
         <v>0</v>
       </c>
       <c r="K11" s="1">
         <v>0</v>
       </c>
       <c r="L11" s="1">
         <v>210</v>
       </c>
       <c r="M11" s="1">
         <v>210.0</v>
       </c>
       <c r="N11" s="1">
         <v>210</v>
       </c>
       <c r="O11" s="1">
         <v>35.0</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1">
         <v>9</v>
       </c>
       <c r="B12" s="1">
-        <v>8036</v>
+        <v>2891</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F12" s="1">
         <v>210</v>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
       <c r="H12" s="1">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="1">
         <v>0</v>
       </c>
       <c r="K12" s="1">
         <v>0</v>
       </c>
       <c r="L12" s="1">
         <v>210</v>
       </c>
       <c r="M12" s="1">
         <v>210.0</v>
       </c>
@@ -1396,98 +1396,98 @@
       </c>
       <c r="J13" s="1">
         <v>0</v>
       </c>
       <c r="K13" s="1">
         <v>0</v>
       </c>
       <c r="L13" s="1">
         <v>209</v>
       </c>
       <c r="M13" s="1">
         <v>209.0</v>
       </c>
       <c r="N13" s="1">
         <v>209</v>
       </c>
       <c r="O13" s="1">
         <v>34.83</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1">
         <v>11</v>
       </c>
       <c r="B14" s="1">
-        <v>1603</v>
+        <v>1062</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="1">
         <v>201</v>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
       <c r="H14" s="1">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="1">
         <v>0</v>
       </c>
       <c r="K14" s="1">
         <v>0</v>
       </c>
       <c r="L14" s="1">
         <v>201</v>
       </c>
       <c r="M14" s="1">
         <v>201.0</v>
       </c>
       <c r="N14" s="1">
         <v>201</v>
       </c>
       <c r="O14" s="1">
         <v>33.5</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1">
         <v>12</v>
       </c>
       <c r="B15" s="1">
-        <v>1062</v>
+        <v>1603</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="1">
         <v>201</v>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
       <c r="H15" s="1">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="1">
         <v>0</v>
       </c>
@@ -1496,148 +1496,148 @@
       </c>
       <c r="L15" s="1">
         <v>201</v>
       </c>
       <c r="M15" s="1">
         <v>201.0</v>
       </c>
       <c r="N15" s="1">
         <v>201</v>
       </c>
       <c r="O15" s="1">
         <v>33.5</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="1">
         <v>13</v>
       </c>
       <c r="B16" s="1">
         <v>1064</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F16" s="1">
         <v>200</v>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
       <c r="H16" s="1">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="1">
         <v>0</v>
       </c>
       <c r="K16" s="1">
         <v>0</v>
       </c>
       <c r="L16" s="1">
         <v>200</v>
       </c>
       <c r="M16" s="1">
         <v>200.0</v>
       </c>
       <c r="N16" s="1">
         <v>200</v>
       </c>
       <c r="O16" s="1">
         <v>33.33</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1">
         <v>8010</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F17" s="1">
         <v>195</v>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
       <c r="H17" s="1">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="1">
         <v>0</v>
       </c>
       <c r="K17" s="1">
         <v>0</v>
       </c>
       <c r="L17" s="1">
         <v>195</v>
       </c>
       <c r="M17" s="1">
         <v>195.0</v>
       </c>
       <c r="N17" s="1">
         <v>195</v>
       </c>
       <c r="O17" s="1">
         <v>32.5</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="1">
         <v>15</v>
       </c>
       <c r="B18" s="1">
         <v>8012</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F18" s="1">
         <v>194</v>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
       <c r="H18" s="1">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="1">
         <v>0</v>
       </c>
       <c r="K18" s="1">
         <v>0</v>
       </c>
       <c r="L18" s="1">
         <v>194</v>
       </c>
       <c r="M18" s="1">
         <v>194.0</v>
       </c>
@@ -1684,54 +1684,54 @@
       </c>
       <c r="L19" s="1">
         <v>193</v>
       </c>
       <c r="M19" s="1">
         <v>193.0</v>
       </c>
       <c r="N19" s="1">
         <v>193</v>
       </c>
       <c r="O19" s="1">
         <v>32.17</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" s="1">
         <v>17</v>
       </c>
       <c r="B20" s="1">
         <v>1067</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F20" s="1">
         <v>192</v>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
       <c r="H20" s="1">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="1">
         <v>0</v>
       </c>
       <c r="K20" s="1">
         <v>0</v>
       </c>
       <c r="L20" s="1">
         <v>192</v>
       </c>
       <c r="M20" s="1">
         <v>192.0</v>
       </c>
@@ -1819,107 +1819,107 @@
       </c>
       <c r="J22" s="1">
         <v>0</v>
       </c>
       <c r="K22" s="1">
         <v>0</v>
       </c>
       <c r="L22" s="1">
         <v>187</v>
       </c>
       <c r="M22" s="1">
         <v>187.0</v>
       </c>
       <c r="N22" s="1">
         <v>187</v>
       </c>
       <c r="O22" s="1">
         <v>31.17</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" s="1">
         <v>20</v>
       </c>
       <c r="B23" s="1">
-        <v>1244</v>
+        <v>1125</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="F23" s="1">
         <v>186</v>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
       <c r="H23" s="1">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="1">
         <v>0</v>
       </c>
       <c r="K23" s="1">
         <v>0</v>
       </c>
       <c r="L23" s="1">
         <v>186</v>
       </c>
       <c r="M23" s="1">
         <v>186.0</v>
       </c>
       <c r="N23" s="1">
         <v>186</v>
       </c>
       <c r="O23" s="1">
         <v>31.0</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1">
-        <v>1125</v>
+        <v>1244</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="F24" s="1">
         <v>186</v>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
       <c r="H24" s="1">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="1">
         <v>0</v>
       </c>
       <c r="K24" s="1">
         <v>0</v>
       </c>
       <c r="L24" s="1">
         <v>186</v>
       </c>
       <c r="M24" s="1">
         <v>186.0</v>
       </c>
@@ -1969,51 +1969,51 @@
       </c>
       <c r="M25" s="1">
         <v>182.0</v>
       </c>
       <c r="N25" s="1">
         <v>182</v>
       </c>
       <c r="O25" s="1">
         <v>30.33</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1">
         <v>8037</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F26" s="1">
         <v>180</v>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
       <c r="H26" s="1">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="1">
         <v>0</v>
       </c>
       <c r="K26" s="1">
         <v>0</v>
       </c>
       <c r="L26" s="1">
         <v>180</v>
       </c>
       <c r="M26" s="1">
         <v>180.0</v>
       </c>
@@ -2157,51 +2157,51 @@
       </c>
       <c r="M29" s="1">
         <v>177.0</v>
       </c>
       <c r="N29" s="1">
         <v>177</v>
       </c>
       <c r="O29" s="1">
         <v>29.5</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1">
         <v>8013</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F30" s="1">
         <v>177</v>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
       <c r="H30" s="1">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="1">
         <v>0</v>
       </c>
       <c r="K30" s="1">
         <v>0</v>
       </c>
       <c r="L30" s="1">
         <v>177</v>
       </c>
       <c r="M30" s="1">
         <v>177.0</v>
       </c>
@@ -2336,107 +2336,107 @@
       </c>
       <c r="J33" s="1">
         <v>0</v>
       </c>
       <c r="K33" s="1">
         <v>0</v>
       </c>
       <c r="L33" s="1">
         <v>171</v>
       </c>
       <c r="M33" s="1">
         <v>171.0</v>
       </c>
       <c r="N33" s="1">
         <v>171</v>
       </c>
       <c r="O33" s="1">
         <v>28.5</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" s="1">
         <v>31</v>
       </c>
       <c r="B34" s="1">
-        <v>2776</v>
+        <v>2774</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>83</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="F34" s="1">
         <v>170</v>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
       <c r="H34" s="1">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="1">
         <v>0</v>
       </c>
       <c r="K34" s="1">
         <v>0</v>
       </c>
       <c r="L34" s="1">
         <v>170</v>
       </c>
       <c r="M34" s="1">
         <v>170.0</v>
       </c>
       <c r="N34" s="1">
         <v>170</v>
       </c>
       <c r="O34" s="1">
         <v>28.33</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" s="1">
         <v>32</v>
       </c>
       <c r="B35" s="1">
-        <v>2774</v>
+        <v>2776</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D35" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="D35" s="1" t="s">
+      <c r="E35" s="1" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="F35" s="1">
         <v>170</v>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
       <c r="H35" s="1">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="1">
         <v>0</v>
       </c>
       <c r="K35" s="1">
         <v>0</v>
       </c>
       <c r="L35" s="1">
         <v>170</v>
       </c>
       <c r="M35" s="1">
         <v>170.0</v>
       </c>
@@ -2574,151 +2574,151 @@
       </c>
       <c r="K38" s="1">
         <v>0</v>
       </c>
       <c r="L38" s="1">
         <v>164</v>
       </c>
       <c r="M38" s="1">
         <v>164.0</v>
       </c>
       <c r="N38" s="1">
         <v>164</v>
       </c>
       <c r="O38" s="1">
         <v>27.33</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" s="1">
         <v>36</v>
       </c>
       <c r="B39" s="1">
         <v>1649846531</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F39" s="1">
         <v>159</v>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
       <c r="H39" s="1">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="1">
         <v>0</v>
       </c>
       <c r="K39" s="1">
         <v>0</v>
       </c>
       <c r="L39" s="1">
         <v>159</v>
       </c>
       <c r="M39" s="1">
         <v>159.0</v>
       </c>
       <c r="N39" s="1">
         <v>159</v>
       </c>
       <c r="O39" s="1">
         <v>26.5</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" s="1">
         <v>37</v>
       </c>
       <c r="B40" s="1">
         <v>97657608</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>95</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F40" s="1">
         <v>157</v>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
       <c r="H40" s="1">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="1">
         <v>0</v>
       </c>
       <c r="K40" s="1">
         <v>0</v>
       </c>
       <c r="L40" s="1">
         <v>157</v>
       </c>
       <c r="M40" s="1">
         <v>157.0</v>
       </c>
       <c r="N40" s="1">
         <v>157</v>
       </c>
       <c r="O40" s="1">
         <v>26.17</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" s="1">
         <v>38</v>
       </c>
       <c r="B41" s="1">
         <v>1203</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>97</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F41" s="1">
         <v>156</v>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
       <c r="H41" s="1">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="1">
         <v>0</v>
       </c>
       <c r="K41" s="1">
         <v>0</v>
       </c>
       <c r="L41" s="1">
         <v>156</v>
       </c>
       <c r="M41" s="1">
         <v>156.0</v>
       </c>
@@ -2909,51 +2909,51 @@
       </c>
       <c r="M45" s="1">
         <v>150.0</v>
       </c>
       <c r="N45" s="1">
         <v>150</v>
       </c>
       <c r="O45" s="1">
         <v>25.0</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" s="1">
         <v>43</v>
       </c>
       <c r="B46" s="1">
         <v>8011</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F46" s="1">
         <v>149</v>
       </c>
       <c r="G46" s="1">
         <v>0</v>
       </c>
       <c r="H46" s="1">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="1">
         <v>0</v>
       </c>
       <c r="K46" s="1">
         <v>0</v>
       </c>
       <c r="L46" s="1">
         <v>149</v>
       </c>
       <c r="M46" s="1">
         <v>149.0</v>
       </c>
@@ -3003,145 +3003,145 @@
       </c>
       <c r="M47" s="1">
         <v>148.0</v>
       </c>
       <c r="N47" s="1">
         <v>148</v>
       </c>
       <c r="O47" s="1">
         <v>24.67</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48" s="1">
         <v>45</v>
       </c>
       <c r="B48" s="1">
         <v>1104</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F48" s="1">
         <v>147</v>
       </c>
       <c r="G48" s="1">
         <v>0</v>
       </c>
       <c r="H48" s="1">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="1">
         <v>0</v>
       </c>
       <c r="K48" s="1">
         <v>0</v>
       </c>
       <c r="L48" s="1">
         <v>147</v>
       </c>
       <c r="M48" s="1">
         <v>147.0</v>
       </c>
       <c r="N48" s="1">
         <v>147</v>
       </c>
       <c r="O48" s="1">
         <v>24.5</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49" s="1">
         <v>46</v>
       </c>
       <c r="B49" s="1">
         <v>1183</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F49" s="1">
         <v>146</v>
       </c>
       <c r="G49" s="1">
         <v>0</v>
       </c>
       <c r="H49" s="1">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="1">
         <v>0</v>
       </c>
       <c r="K49" s="1">
         <v>0</v>
       </c>
       <c r="L49" s="1">
         <v>146</v>
       </c>
       <c r="M49" s="1">
         <v>146.0</v>
       </c>
       <c r="N49" s="1">
         <v>146</v>
       </c>
       <c r="O49" s="1">
         <v>24.33</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" s="1">
         <v>47</v>
       </c>
       <c r="B50" s="1">
         <v>1936</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F50" s="1">
         <v>140</v>
       </c>
       <c r="G50" s="1">
         <v>0</v>
       </c>
       <c r="H50" s="1">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="1">
         <v>0</v>
       </c>
       <c r="K50" s="1">
         <v>0</v>
       </c>
       <c r="L50" s="1">
         <v>140</v>
       </c>
       <c r="M50" s="1">
         <v>140.0</v>
       </c>
@@ -3185,57 +3185,57 @@
       </c>
       <c r="K51" s="1">
         <v>0</v>
       </c>
       <c r="L51" s="1">
         <v>139</v>
       </c>
       <c r="M51" s="1">
         <v>139.0</v>
       </c>
       <c r="N51" s="1">
         <v>139</v>
       </c>
       <c r="O51" s="1">
         <v>23.17</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52" s="1">
         <v>49</v>
       </c>
       <c r="B52" s="1">
         <v>1121</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>117</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F52" s="1">
         <v>132</v>
       </c>
       <c r="G52" s="1">
         <v>0</v>
       </c>
       <c r="H52" s="1">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="1">
         <v>0</v>
       </c>
       <c r="K52" s="1">
         <v>0</v>
       </c>
       <c r="L52" s="1">
         <v>132</v>
       </c>
       <c r="M52" s="1">
         <v>132.0</v>
       </c>
@@ -3323,530 +3323,530 @@
       </c>
       <c r="J54" s="1">
         <v>0</v>
       </c>
       <c r="K54" s="1">
         <v>0</v>
       </c>
       <c r="L54" s="1">
         <v>112</v>
       </c>
       <c r="M54" s="1">
         <v>112.0</v>
       </c>
       <c r="N54" s="1">
         <v>112</v>
       </c>
       <c r="O54" s="1">
         <v>18.67</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" s="1">
         <v>52</v>
       </c>
       <c r="B55" s="1">
-        <v>3058</v>
+        <v>2726</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>123</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F55" s="1">
         <v>0</v>
       </c>
       <c r="G55" s="1">
         <v>0</v>
       </c>
       <c r="H55" s="1">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="1">
         <v>0</v>
       </c>
       <c r="K55" s="1">
         <v>0</v>
       </c>
       <c r="L55" s="1">
         <v>0</v>
       </c>
       <c r="M55" s="1">
         <v>0.0</v>
       </c>
       <c r="N55" s="1">
         <v>0</v>
       </c>
       <c r="O55" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56" s="1">
         <v>53</v>
       </c>
       <c r="B56" s="1">
-        <v>1200</v>
+        <v>2014</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="F56" s="1">
         <v>0</v>
       </c>
       <c r="G56" s="1">
         <v>0</v>
       </c>
       <c r="H56" s="1">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="1">
         <v>0</v>
       </c>
       <c r="K56" s="1">
         <v>0</v>
       </c>
       <c r="L56" s="1">
         <v>0</v>
       </c>
       <c r="M56" s="1">
         <v>0.0</v>
       </c>
       <c r="N56" s="1">
         <v>0</v>
       </c>
       <c r="O56" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" s="1">
         <v>54</v>
       </c>
       <c r="B57" s="1">
-        <v>2670</v>
+        <v>10020</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="F57" s="1">
         <v>0</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="1">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="1">
         <v>0</v>
       </c>
       <c r="K57" s="1">
         <v>0</v>
       </c>
       <c r="L57" s="1">
         <v>0</v>
       </c>
       <c r="M57" s="1">
         <v>0.0</v>
       </c>
       <c r="N57" s="1">
         <v>0</v>
       </c>
       <c r="O57" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58" s="1">
         <v>55</v>
       </c>
       <c r="B58" s="1">
-        <v>2902</v>
+        <v>1252</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>129</v>
+        <v>76</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="F58" s="1">
         <v>0</v>
       </c>
       <c r="G58" s="1">
         <v>0</v>
       </c>
       <c r="H58" s="1">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="1">
         <v>0</v>
       </c>
       <c r="K58" s="1">
         <v>0</v>
       </c>
       <c r="L58" s="1">
         <v>0</v>
       </c>
       <c r="M58" s="1">
         <v>0.0</v>
       </c>
       <c r="N58" s="1">
         <v>0</v>
       </c>
       <c r="O58" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59" s="1">
         <v>56</v>
       </c>
       <c r="B59" s="1">
-        <v>2726</v>
+        <v>3094</v>
       </c>
       <c r="C59" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D59" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E59" s="1" t="s">
-        <v>27</v>
+        <v>86</v>
       </c>
       <c r="F59" s="1">
         <v>0</v>
       </c>
       <c r="G59" s="1">
         <v>0</v>
       </c>
       <c r="H59" s="1">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="1">
         <v>0</v>
       </c>
       <c r="K59" s="1">
         <v>0</v>
       </c>
       <c r="L59" s="1">
         <v>0</v>
       </c>
       <c r="M59" s="1">
         <v>0.0</v>
       </c>
       <c r="N59" s="1">
         <v>0</v>
       </c>
       <c r="O59" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60" s="1">
         <v>57</v>
       </c>
       <c r="B60" s="1">
-        <v>2014</v>
+        <v>2769</v>
       </c>
       <c r="C60" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D60" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60" s="1" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="F60" s="1">
         <v>0</v>
       </c>
       <c r="G60" s="1">
         <v>0</v>
       </c>
       <c r="H60" s="1">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="1">
         <v>0</v>
       </c>
       <c r="K60" s="1">
         <v>0</v>
       </c>
       <c r="L60" s="1">
         <v>0</v>
       </c>
       <c r="M60" s="1">
         <v>0.0</v>
       </c>
       <c r="N60" s="1">
         <v>0</v>
       </c>
       <c r="O60" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61" s="1">
         <v>58</v>
       </c>
       <c r="B61" s="1">
-        <v>10020</v>
+        <v>1186</v>
       </c>
       <c r="C61" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D61" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="F61" s="1">
         <v>0</v>
       </c>
       <c r="G61" s="1">
         <v>0</v>
       </c>
       <c r="H61" s="1">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="1">
         <v>0</v>
       </c>
       <c r="K61" s="1">
         <v>0</v>
       </c>
       <c r="L61" s="1">
         <v>0</v>
       </c>
       <c r="M61" s="1">
         <v>0.0</v>
       </c>
       <c r="N61" s="1">
         <v>0</v>
       </c>
       <c r="O61" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62" s="1">
         <v>59</v>
       </c>
       <c r="B62" s="1">
-        <v>1252</v>
+        <v>3058</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D62" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="1" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="F62" s="1">
         <v>0</v>
       </c>
       <c r="G62" s="1">
         <v>0</v>
       </c>
       <c r="H62" s="1">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="1">
         <v>0</v>
       </c>
       <c r="K62" s="1">
         <v>0</v>
       </c>
       <c r="L62" s="1">
         <v>0</v>
       </c>
       <c r="M62" s="1">
         <v>0.0</v>
       </c>
       <c r="N62" s="1">
         <v>0</v>
       </c>
       <c r="O62" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63" s="1">
         <v>60</v>
       </c>
       <c r="B63" s="1">
-        <v>3094</v>
+        <v>1200</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>138</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="F63" s="1">
         <v>0</v>
       </c>
       <c r="G63" s="1">
         <v>0</v>
       </c>
       <c r="H63" s="1">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="1">
         <v>0</v>
       </c>
       <c r="K63" s="1">
         <v>0</v>
       </c>
       <c r="L63" s="1">
         <v>0</v>
       </c>
       <c r="M63" s="1">
         <v>0.0</v>
       </c>
       <c r="N63" s="1">
         <v>0</v>
       </c>
       <c r="O63" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64" s="1">
         <v>61</v>
       </c>
       <c r="B64" s="1">
-        <v>2769</v>
+        <v>2670</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>140</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F64" s="1">
         <v>0</v>
       </c>
       <c r="G64" s="1">
         <v>0</v>
       </c>
       <c r="H64" s="1">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="1">
         <v>0</v>
       </c>
       <c r="K64" s="1">
         <v>0</v>
       </c>
       <c r="L64" s="1">
         <v>0</v>
       </c>
       <c r="M64" s="1">
         <v>0.0</v>
       </c>
       <c r="N64" s="1">
         <v>0</v>
       </c>
       <c r="O64" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65" s="1">
         <v>62</v>
       </c>
       <c r="B65" s="1">
-        <v>1186</v>
+        <v>2902</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>142</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="F65" s="1">
         <v>0</v>
       </c>
       <c r="G65" s="1">
         <v>0</v>
       </c>
       <c r="H65" s="1">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="1">
         <v>0</v>
       </c>
       <c r="K65" s="1">
         <v>0</v>
       </c>
       <c r="L65" s="1">
         <v>0</v>
       </c>
       <c r="M65" s="1">
         <v>0.0</v>
       </c>