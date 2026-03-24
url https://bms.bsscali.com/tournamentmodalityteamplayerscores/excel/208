--- v1 (2025-11-25)
+++ v2 (2026-03-24)
@@ -126,89 +126,89 @@
   <si>
     <t>Gonzalo</t>
   </si>
   <si>
     <t>Flechas</t>
   </si>
   <si>
     <t>Cundinamarca</t>
   </si>
   <si>
     <t>Juan M</t>
   </si>
   <si>
     <t>Diaz</t>
   </si>
   <si>
     <t>Toby</t>
   </si>
   <si>
     <t>Manuel</t>
   </si>
   <si>
     <t>Castellanos</t>
   </si>
   <si>
+    <t>Juan F</t>
+  </si>
+  <si>
+    <t>Castro</t>
+  </si>
+  <si>
     <t>Dario</t>
   </si>
   <si>
     <t>Rodriguez</t>
   </si>
   <si>
-    <t>Juan F</t>
-[...4 lines deleted...]
-  <si>
     <t>Hernando</t>
   </si>
   <si>
     <t>Solorzano</t>
   </si>
   <si>
     <t>Farallones</t>
   </si>
   <si>
+    <t>Alexander</t>
+  </si>
+  <si>
+    <t>Yela</t>
+  </si>
+  <si>
+    <t>Nariño</t>
+  </si>
+  <si>
     <t>Rodrigo</t>
   </si>
   <si>
     <t>Charry</t>
   </si>
   <si>
     <t>Los Amigos</t>
   </si>
   <si>
-    <t>Alexander</t>
-[...7 lines deleted...]
-  <si>
     <t>Sebastian</t>
   </si>
   <si>
     <t>Gabriel</t>
   </si>
   <si>
     <t>Villota</t>
   </si>
   <si>
     <t>Zarama</t>
   </si>
   <si>
     <t>Cristian C</t>
   </si>
   <si>
     <t>Esteban</t>
   </si>
   <si>
     <t>Ricardo</t>
   </si>
   <si>
     <t>Franco</t>
   </si>
   <si>
     <t>Risaralda</t>
@@ -261,65 +261,65 @@
   <si>
     <t>Correa</t>
   </si>
   <si>
     <t>Edgar</t>
   </si>
   <si>
     <t>Bastidas</t>
   </si>
   <si>
     <t>Castiblanco</t>
   </si>
   <si>
     <t>Eduardo</t>
   </si>
   <si>
     <t>Varela</t>
   </si>
   <si>
     <t xml:space="preserve">Rafael </t>
   </si>
   <si>
     <t>Mantilla</t>
   </si>
   <si>
+    <t>Aymer</t>
+  </si>
+  <si>
+    <t>Idrobo</t>
+  </si>
+  <si>
+    <t>Cañaveral</t>
+  </si>
+  <si>
     <t>Santiago</t>
   </si>
   <si>
     <t>Grisales</t>
   </si>
   <si>
-    <t>Aymer</t>
-[...7 lines deleted...]
-  <si>
     <t>Atehortua</t>
   </si>
   <si>
     <t>Jorge</t>
   </si>
   <si>
     <t>Encinales</t>
   </si>
   <si>
     <t>Santander</t>
   </si>
   <si>
     <t>Adolfo</t>
   </si>
   <si>
     <t>Hernandez</t>
   </si>
   <si>
     <t>Higuera M</t>
   </si>
   <si>
     <t>Diego</t>
   </si>
   <si>
     <t>Ortiz</t>
@@ -381,111 +381,111 @@
   <si>
     <t>Soto</t>
   </si>
   <si>
     <t>Ferney</t>
   </si>
   <si>
     <t>Acevedo</t>
   </si>
   <si>
     <t>Benavidez</t>
   </si>
   <si>
     <t>Benitez</t>
   </si>
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Francesco</t>
   </si>
   <si>
     <t>Tradardi</t>
   </si>
   <si>
+    <t xml:space="preserve">Carlos A </t>
+  </si>
+  <si>
+    <t>Segura</t>
+  </si>
+  <si>
+    <t>Jhon</t>
+  </si>
+  <si>
+    <t>Martinez</t>
+  </si>
+  <si>
+    <t>Mario</t>
+  </si>
+  <si>
+    <t>Galindo</t>
+  </si>
+  <si>
     <t>Alberto</t>
   </si>
   <si>
     <t>Marmolejo</t>
   </si>
   <si>
     <t>Juan</t>
   </si>
   <si>
     <t>Santos</t>
   </si>
   <si>
     <t xml:space="preserve">Julio </t>
   </si>
   <si>
     <t>Higuera P</t>
   </si>
   <si>
     <t>Edgar Jr</t>
   </si>
   <si>
     <t>Andres I</t>
   </si>
   <si>
     <t>Estrada</t>
   </si>
   <si>
     <t>Daniel</t>
   </si>
   <si>
     <t>Ramirez Pinzon</t>
   </si>
   <si>
     <t>Asmed</t>
   </si>
   <si>
     <t>Herrera</t>
   </si>
   <si>
     <t>Fabian A</t>
   </si>
   <si>
     <t>Infante</t>
-  </si>
-[...16 lines deleted...]
-    <t>Galindo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
@@ -1255,107 +1255,107 @@
       </c>
       <c r="J10" s="1">
         <v>0</v>
       </c>
       <c r="K10" s="1">
         <v>0</v>
       </c>
       <c r="L10" s="1">
         <v>211</v>
       </c>
       <c r="M10" s="1">
         <v>211.0</v>
       </c>
       <c r="N10" s="1">
         <v>211</v>
       </c>
       <c r="O10" s="1">
         <v>35.17</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1">
         <v>8</v>
       </c>
       <c r="B11" s="1">
-        <v>8036</v>
+        <v>2891</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F11" s="1">
         <v>210</v>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
       <c r="H11" s="1">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="1">
         <v>0</v>
       </c>
       <c r="K11" s="1">
         <v>0</v>
       </c>
       <c r="L11" s="1">
         <v>210</v>
       </c>
       <c r="M11" s="1">
         <v>210.0</v>
       </c>
       <c r="N11" s="1">
         <v>210</v>
       </c>
       <c r="O11" s="1">
         <v>35.0</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1">
         <v>9</v>
       </c>
       <c r="B12" s="1">
-        <v>2891</v>
+        <v>8036</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F12" s="1">
         <v>210</v>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
       <c r="H12" s="1">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="1">
         <v>0</v>
       </c>
       <c r="K12" s="1">
         <v>0</v>
       </c>
       <c r="L12" s="1">
         <v>210</v>
       </c>
       <c r="M12" s="1">
         <v>210.0</v>
       </c>
@@ -1396,98 +1396,98 @@
       </c>
       <c r="J13" s="1">
         <v>0</v>
       </c>
       <c r="K13" s="1">
         <v>0</v>
       </c>
       <c r="L13" s="1">
         <v>209</v>
       </c>
       <c r="M13" s="1">
         <v>209.0</v>
       </c>
       <c r="N13" s="1">
         <v>209</v>
       </c>
       <c r="O13" s="1">
         <v>34.83</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1">
         <v>11</v>
       </c>
       <c r="B14" s="1">
-        <v>1062</v>
+        <v>1603</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="1">
         <v>201</v>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
       <c r="H14" s="1">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="1">
         <v>0</v>
       </c>
       <c r="K14" s="1">
         <v>0</v>
       </c>
       <c r="L14" s="1">
         <v>201</v>
       </c>
       <c r="M14" s="1">
         <v>201.0</v>
       </c>
       <c r="N14" s="1">
         <v>201</v>
       </c>
       <c r="O14" s="1">
         <v>33.5</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1">
         <v>12</v>
       </c>
       <c r="B15" s="1">
-        <v>1603</v>
+        <v>1062</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="1">
         <v>201</v>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
       <c r="H15" s="1">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="1">
         <v>0</v>
       </c>
@@ -1496,148 +1496,148 @@
       </c>
       <c r="L15" s="1">
         <v>201</v>
       </c>
       <c r="M15" s="1">
         <v>201.0</v>
       </c>
       <c r="N15" s="1">
         <v>201</v>
       </c>
       <c r="O15" s="1">
         <v>33.5</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="1">
         <v>13</v>
       </c>
       <c r="B16" s="1">
         <v>1064</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F16" s="1">
         <v>200</v>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
       <c r="H16" s="1">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="1">
         <v>0</v>
       </c>
       <c r="K16" s="1">
         <v>0</v>
       </c>
       <c r="L16" s="1">
         <v>200</v>
       </c>
       <c r="M16" s="1">
         <v>200.0</v>
       </c>
       <c r="N16" s="1">
         <v>200</v>
       </c>
       <c r="O16" s="1">
         <v>33.33</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1">
         <v>8010</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F17" s="1">
         <v>195</v>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
       <c r="H17" s="1">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="1">
         <v>0</v>
       </c>
       <c r="K17" s="1">
         <v>0</v>
       </c>
       <c r="L17" s="1">
         <v>195</v>
       </c>
       <c r="M17" s="1">
         <v>195.0</v>
       </c>
       <c r="N17" s="1">
         <v>195</v>
       </c>
       <c r="O17" s="1">
         <v>32.5</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="1">
         <v>15</v>
       </c>
       <c r="B18" s="1">
         <v>8012</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F18" s="1">
         <v>194</v>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
       <c r="H18" s="1">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="1">
         <v>0</v>
       </c>
       <c r="K18" s="1">
         <v>0</v>
       </c>
       <c r="L18" s="1">
         <v>194</v>
       </c>
       <c r="M18" s="1">
         <v>194.0</v>
       </c>
@@ -1684,54 +1684,54 @@
       </c>
       <c r="L19" s="1">
         <v>193</v>
       </c>
       <c r="M19" s="1">
         <v>193.0</v>
       </c>
       <c r="N19" s="1">
         <v>193</v>
       </c>
       <c r="O19" s="1">
         <v>32.17</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" s="1">
         <v>17</v>
       </c>
       <c r="B20" s="1">
         <v>1067</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F20" s="1">
         <v>192</v>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
       <c r="H20" s="1">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="1">
         <v>0</v>
       </c>
       <c r="K20" s="1">
         <v>0</v>
       </c>
       <c r="L20" s="1">
         <v>192</v>
       </c>
       <c r="M20" s="1">
         <v>192.0</v>
       </c>
@@ -1875,51 +1875,51 @@
       </c>
       <c r="M23" s="1">
         <v>186.0</v>
       </c>
       <c r="N23" s="1">
         <v>186</v>
       </c>
       <c r="O23" s="1">
         <v>31.0</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1">
         <v>1244</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F24" s="1">
         <v>186</v>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
       <c r="H24" s="1">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="1">
         <v>0</v>
       </c>
       <c r="K24" s="1">
         <v>0</v>
       </c>
       <c r="L24" s="1">
         <v>186</v>
       </c>
       <c r="M24" s="1">
         <v>186.0</v>
       </c>
@@ -2157,51 +2157,51 @@
       </c>
       <c r="M29" s="1">
         <v>177.0</v>
       </c>
       <c r="N29" s="1">
         <v>177</v>
       </c>
       <c r="O29" s="1">
         <v>29.5</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1">
         <v>8013</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F30" s="1">
         <v>177</v>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
       <c r="H30" s="1">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="1">
         <v>0</v>
       </c>
       <c r="K30" s="1">
         <v>0</v>
       </c>
       <c r="L30" s="1">
         <v>177</v>
       </c>
       <c r="M30" s="1">
         <v>177.0</v>
       </c>
@@ -2336,107 +2336,107 @@
       </c>
       <c r="J33" s="1">
         <v>0</v>
       </c>
       <c r="K33" s="1">
         <v>0</v>
       </c>
       <c r="L33" s="1">
         <v>171</v>
       </c>
       <c r="M33" s="1">
         <v>171.0</v>
       </c>
       <c r="N33" s="1">
         <v>171</v>
       </c>
       <c r="O33" s="1">
         <v>28.5</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" s="1">
         <v>31</v>
       </c>
       <c r="B34" s="1">
-        <v>2774</v>
+        <v>2776</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>83</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="F34" s="1">
         <v>170</v>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
       <c r="H34" s="1">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="1">
         <v>0</v>
       </c>
       <c r="K34" s="1">
         <v>0</v>
       </c>
       <c r="L34" s="1">
         <v>170</v>
       </c>
       <c r="M34" s="1">
         <v>170.0</v>
       </c>
       <c r="N34" s="1">
         <v>170</v>
       </c>
       <c r="O34" s="1">
         <v>28.33</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" s="1">
         <v>32</v>
       </c>
       <c r="B35" s="1">
-        <v>2776</v>
+        <v>2774</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="F35" s="1">
         <v>170</v>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
       <c r="H35" s="1">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="1">
         <v>0</v>
       </c>
       <c r="K35" s="1">
         <v>0</v>
       </c>
       <c r="L35" s="1">
         <v>170</v>
       </c>
       <c r="M35" s="1">
         <v>170.0</v>
       </c>
@@ -2909,51 +2909,51 @@
       </c>
       <c r="M45" s="1">
         <v>150.0</v>
       </c>
       <c r="N45" s="1">
         <v>150</v>
       </c>
       <c r="O45" s="1">
         <v>25.0</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" s="1">
         <v>43</v>
       </c>
       <c r="B46" s="1">
         <v>8011</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F46" s="1">
         <v>149</v>
       </c>
       <c r="G46" s="1">
         <v>0</v>
       </c>
       <c r="H46" s="1">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="1">
         <v>0</v>
       </c>
       <c r="K46" s="1">
         <v>0</v>
       </c>
       <c r="L46" s="1">
         <v>149</v>
       </c>
       <c r="M46" s="1">
         <v>149.0</v>
       </c>
@@ -3003,51 +3003,51 @@
       </c>
       <c r="M47" s="1">
         <v>148.0</v>
       </c>
       <c r="N47" s="1">
         <v>148</v>
       </c>
       <c r="O47" s="1">
         <v>24.67</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48" s="1">
         <v>45</v>
       </c>
       <c r="B48" s="1">
         <v>1104</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F48" s="1">
         <v>147</v>
       </c>
       <c r="G48" s="1">
         <v>0</v>
       </c>
       <c r="H48" s="1">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="1">
         <v>0</v>
       </c>
       <c r="K48" s="1">
         <v>0</v>
       </c>
       <c r="L48" s="1">
         <v>147</v>
       </c>
       <c r="M48" s="1">
         <v>147.0</v>
       </c>
@@ -3185,51 +3185,51 @@
       </c>
       <c r="K51" s="1">
         <v>0</v>
       </c>
       <c r="L51" s="1">
         <v>139</v>
       </c>
       <c r="M51" s="1">
         <v>139.0</v>
       </c>
       <c r="N51" s="1">
         <v>139</v>
       </c>
       <c r="O51" s="1">
         <v>23.17</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52" s="1">
         <v>49</v>
       </c>
       <c r="B52" s="1">
         <v>1121</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>117</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F52" s="1">
         <v>132</v>
       </c>
       <c r="G52" s="1">
         <v>0</v>
       </c>
       <c r="H52" s="1">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="1">
         <v>0</v>
       </c>
       <c r="K52" s="1">
         <v>0</v>
       </c>
@@ -3323,530 +3323,530 @@
       </c>
       <c r="J54" s="1">
         <v>0</v>
       </c>
       <c r="K54" s="1">
         <v>0</v>
       </c>
       <c r="L54" s="1">
         <v>112</v>
       </c>
       <c r="M54" s="1">
         <v>112.0</v>
       </c>
       <c r="N54" s="1">
         <v>112</v>
       </c>
       <c r="O54" s="1">
         <v>18.67</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" s="1">
         <v>52</v>
       </c>
       <c r="B55" s="1">
-        <v>2726</v>
+        <v>1200</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>123</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="F55" s="1">
         <v>0</v>
       </c>
       <c r="G55" s="1">
         <v>0</v>
       </c>
       <c r="H55" s="1">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="1">
         <v>0</v>
       </c>
       <c r="K55" s="1">
         <v>0</v>
       </c>
       <c r="L55" s="1">
         <v>0</v>
       </c>
       <c r="M55" s="1">
         <v>0.0</v>
       </c>
       <c r="N55" s="1">
         <v>0</v>
       </c>
       <c r="O55" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56" s="1">
         <v>53</v>
       </c>
       <c r="B56" s="1">
-        <v>2014</v>
+        <v>2670</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="F56" s="1">
         <v>0</v>
       </c>
       <c r="G56" s="1">
         <v>0</v>
       </c>
       <c r="H56" s="1">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="1">
         <v>0</v>
       </c>
       <c r="K56" s="1">
         <v>0</v>
       </c>
       <c r="L56" s="1">
         <v>0</v>
       </c>
       <c r="M56" s="1">
         <v>0.0</v>
       </c>
       <c r="N56" s="1">
         <v>0</v>
       </c>
       <c r="O56" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" s="1">
         <v>54</v>
       </c>
       <c r="B57" s="1">
-        <v>10020</v>
+        <v>2902</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F57" s="1">
         <v>0</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="1">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="1">
         <v>0</v>
       </c>
       <c r="K57" s="1">
         <v>0</v>
       </c>
       <c r="L57" s="1">
         <v>0</v>
       </c>
       <c r="M57" s="1">
         <v>0.0</v>
       </c>
       <c r="N57" s="1">
         <v>0</v>
       </c>
       <c r="O57" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58" s="1">
         <v>55</v>
       </c>
       <c r="B58" s="1">
-        <v>1252</v>
+        <v>2726</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>76</v>
+        <v>129</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="F58" s="1">
         <v>0</v>
       </c>
       <c r="G58" s="1">
         <v>0</v>
       </c>
       <c r="H58" s="1">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="1">
         <v>0</v>
       </c>
       <c r="K58" s="1">
         <v>0</v>
       </c>
       <c r="L58" s="1">
         <v>0</v>
       </c>
       <c r="M58" s="1">
         <v>0.0</v>
       </c>
       <c r="N58" s="1">
         <v>0</v>
       </c>
       <c r="O58" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59" s="1">
         <v>56</v>
       </c>
       <c r="B59" s="1">
-        <v>3094</v>
+        <v>2014</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="F59" s="1">
         <v>0</v>
       </c>
       <c r="G59" s="1">
         <v>0</v>
       </c>
       <c r="H59" s="1">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="1">
         <v>0</v>
       </c>
       <c r="K59" s="1">
         <v>0</v>
       </c>
       <c r="L59" s="1">
         <v>0</v>
       </c>
       <c r="M59" s="1">
         <v>0.0</v>
       </c>
       <c r="N59" s="1">
         <v>0</v>
       </c>
       <c r="O59" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60" s="1">
         <v>57</v>
       </c>
       <c r="B60" s="1">
-        <v>2769</v>
+        <v>10020</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="F60" s="1">
         <v>0</v>
       </c>
       <c r="G60" s="1">
         <v>0</v>
       </c>
       <c r="H60" s="1">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="1">
         <v>0</v>
       </c>
       <c r="K60" s="1">
         <v>0</v>
       </c>
       <c r="L60" s="1">
         <v>0</v>
       </c>
       <c r="M60" s="1">
         <v>0.0</v>
       </c>
       <c r="N60" s="1">
         <v>0</v>
       </c>
       <c r="O60" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61" s="1">
         <v>58</v>
       </c>
       <c r="B61" s="1">
-        <v>1186</v>
+        <v>1252</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>134</v>
+        <v>76</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F61" s="1">
         <v>0</v>
       </c>
       <c r="G61" s="1">
         <v>0</v>
       </c>
       <c r="H61" s="1">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="1">
         <v>0</v>
       </c>
       <c r="K61" s="1">
         <v>0</v>
       </c>
       <c r="L61" s="1">
         <v>0</v>
       </c>
       <c r="M61" s="1">
         <v>0.0</v>
       </c>
       <c r="N61" s="1">
         <v>0</v>
       </c>
       <c r="O61" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62" s="1">
         <v>59</v>
       </c>
       <c r="B62" s="1">
-        <v>3058</v>
+        <v>3094</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>136</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="F62" s="1">
         <v>0</v>
       </c>
       <c r="G62" s="1">
         <v>0</v>
       </c>
       <c r="H62" s="1">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="1">
         <v>0</v>
       </c>
       <c r="K62" s="1">
         <v>0</v>
       </c>
       <c r="L62" s="1">
         <v>0</v>
       </c>
       <c r="M62" s="1">
         <v>0.0</v>
       </c>
       <c r="N62" s="1">
         <v>0</v>
       </c>
       <c r="O62" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63" s="1">
         <v>60</v>
       </c>
       <c r="B63" s="1">
-        <v>1200</v>
+        <v>2769</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>138</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F63" s="1">
         <v>0</v>
       </c>
       <c r="G63" s="1">
         <v>0</v>
       </c>
       <c r="H63" s="1">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="1">
         <v>0</v>
       </c>
       <c r="K63" s="1">
         <v>0</v>
       </c>
       <c r="L63" s="1">
         <v>0</v>
       </c>
       <c r="M63" s="1">
         <v>0.0</v>
       </c>
       <c r="N63" s="1">
         <v>0</v>
       </c>
       <c r="O63" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64" s="1">
         <v>61</v>
       </c>
       <c r="B64" s="1">
-        <v>2670</v>
+        <v>1186</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>140</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="F64" s="1">
         <v>0</v>
       </c>
       <c r="G64" s="1">
         <v>0</v>
       </c>
       <c r="H64" s="1">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="1">
         <v>0</v>
       </c>
       <c r="K64" s="1">
         <v>0</v>
       </c>
       <c r="L64" s="1">
         <v>0</v>
       </c>
       <c r="M64" s="1">
         <v>0.0</v>
       </c>
       <c r="N64" s="1">
         <v>0</v>
       </c>
       <c r="O64" s="1">
         <v>0.0</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65" s="1">
         <v>62</v>
       </c>
       <c r="B65" s="1">
-        <v>2902</v>
+        <v>3058</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>142</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F65" s="1">
         <v>0</v>
       </c>
       <c r="G65" s="1">
         <v>0</v>
       </c>
       <c r="H65" s="1">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="1">
         <v>0</v>
       </c>
       <c r="K65" s="1">
         <v>0</v>
       </c>
       <c r="L65" s="1">
         <v>0</v>
       </c>
       <c r="M65" s="1">
         <v>0.0</v>
       </c>