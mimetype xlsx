--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -114,74 +114,74 @@
   <si>
     <t>Tatiana</t>
   </si>
   <si>
     <t>Vargas</t>
   </si>
   <si>
     <t xml:space="preserve">Sandra </t>
   </si>
   <si>
     <t>Silva</t>
   </si>
   <si>
     <t>Farallones</t>
   </si>
   <si>
     <t>Martha</t>
   </si>
   <si>
     <t>Trujillo</t>
   </si>
   <si>
     <t>Cañaveral</t>
   </si>
   <si>
+    <t>Nataly</t>
+  </si>
+  <si>
+    <t>Valenzuela</t>
+  </si>
+  <si>
+    <t>Cundinamarca</t>
+  </si>
+  <si>
+    <t>Ana M</t>
+  </si>
+  <si>
+    <t>Robles</t>
+  </si>
+  <si>
+    <t>Risaralda</t>
+  </si>
+  <si>
     <t>Gladys</t>
   </si>
   <si>
     <t>Tobar</t>
   </si>
   <si>
-    <t>Nataly</t>
-[...16 lines deleted...]
-  <si>
     <t>Dora</t>
   </si>
   <si>
     <t>Linares</t>
   </si>
   <si>
     <t>Ruth</t>
   </si>
   <si>
     <t>Vasquez</t>
   </si>
   <si>
     <t>Antioquia</t>
   </si>
   <si>
     <t>Juliana</t>
   </si>
   <si>
     <t>Escandon</t>
   </si>
   <si>
     <t>Jackeline</t>
   </si>
   <si>
     <t>Valencia</t>
@@ -279,95 +279,95 @@
   <si>
     <t>Diana M</t>
   </si>
   <si>
     <t>Ramirez</t>
   </si>
   <si>
     <t>Dana I</t>
   </si>
   <si>
     <t>Cataño</t>
   </si>
   <si>
     <t>Hurtado</t>
   </si>
   <si>
     <t>Los Amigos</t>
   </si>
   <si>
     <t>Gina</t>
   </si>
   <si>
     <t>Bermudez</t>
   </si>
   <si>
+    <t>Amanda</t>
+  </si>
+  <si>
+    <t>Galeano</t>
+  </si>
+  <si>
     <t>Luz S</t>
   </si>
   <si>
     <t>Montoya</t>
   </si>
   <si>
-    <t>Amanda</t>
-[...4 lines deleted...]
-  <si>
     <t>Osorio</t>
   </si>
   <si>
     <t>Mariana</t>
   </si>
   <si>
     <t>Acosta</t>
   </si>
   <si>
     <t>Polo</t>
   </si>
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Susana</t>
   </si>
   <si>
     <t>Caldas</t>
   </si>
   <si>
+    <t>Alba</t>
+  </si>
+  <si>
+    <t>Rosales</t>
+  </si>
+  <si>
     <t>Luz</t>
   </si>
   <si>
     <t>Pardo</t>
   </si>
   <si>
-    <t>Alba</t>
-[...4 lines deleted...]
-  <si>
     <t>Matilde</t>
   </si>
   <si>
     <t>Rodriguez</t>
   </si>
   <si>
     <t>Deisy</t>
   </si>
   <si>
     <t>Molano</t>
   </si>
   <si>
     <t>Nieva</t>
   </si>
   <si>
     <t>Maria Victoria</t>
   </si>
   <si>
     <t>Correal</t>
   </si>
   <si>
     <t>Patricia</t>
   </si>
   <si>
     <t>Stephanny</t>
@@ -375,60 +375,60 @@
   <si>
     <t>Ordoñez</t>
   </si>
   <si>
     <t>Valeria</t>
   </si>
   <si>
     <t>Martinez</t>
   </si>
   <si>
     <t>Sofia</t>
   </si>
   <si>
     <t>Hernandez</t>
   </si>
   <si>
     <t>Garnica</t>
   </si>
   <si>
     <t>Clara</t>
   </si>
   <si>
     <t>Arenas</t>
   </si>
   <si>
+    <t>Blanca</t>
+  </si>
+  <si>
+    <t>Parra</t>
+  </si>
+  <si>
     <t>Doris</t>
   </si>
   <si>
     <t>Rosas</t>
-  </si>
-[...4 lines deleted...]
-    <t>Parra</t>
   </si>
   <si>
     <t>Gloria</t>
   </si>
   <si>
     <t>Martha L</t>
   </si>
   <si>
     <t>Giraldo</t>
   </si>
   <si>
     <t>Restrepo</t>
   </si>
   <si>
     <t>Mireya</t>
   </si>
   <si>
     <t>Rojas</t>
   </si>
   <si>
     <t>Magda</t>
   </si>
   <si>
     <t>Perez</t>
   </si>
@@ -1187,172 +1187,172 @@
       </c>
       <c r="J9" s="1">
         <v>174</v>
       </c>
       <c r="K9" s="1">
         <v>153</v>
       </c>
       <c r="L9" s="1">
         <v>1045</v>
       </c>
       <c r="M9" s="1">
         <v>174.17</v>
       </c>
       <c r="N9" s="1">
         <v>1045</v>
       </c>
       <c r="O9" s="1">
         <v>174.17</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>2708</v>
+        <v>10051</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="F10" s="1">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="G10" s="1">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="H10" s="1">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="I10" s="1">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="J10" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
       <c r="K10" s="1">
-        <v>199</v>
+        <v>175</v>
       </c>
       <c r="L10" s="1">
         <v>1043</v>
       </c>
       <c r="M10" s="1">
         <v>173.83</v>
       </c>
       <c r="N10" s="1">
         <v>1043</v>
       </c>
       <c r="O10" s="1">
         <v>173.83</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1">
         <v>8</v>
       </c>
       <c r="B11" s="1">
-        <v>10051</v>
+        <v>1783</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F11" s="1">
-        <v>176</v>
+        <v>158</v>
       </c>
       <c r="G11" s="1">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="H11" s="1">
-        <v>172</v>
+        <v>156</v>
       </c>
       <c r="I11" s="1">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J11" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
       <c r="K11" s="1">
         <v>175</v>
       </c>
       <c r="L11" s="1">
         <v>1043</v>
       </c>
       <c r="M11" s="1">
         <v>173.83</v>
       </c>
       <c r="N11" s="1">
         <v>1043</v>
       </c>
       <c r="O11" s="1">
         <v>173.83</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1">
         <v>9</v>
       </c>
       <c r="B12" s="1">
-        <v>1783</v>
+        <v>2708</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="F12" s="1">
-        <v>158</v>
+        <v>183</v>
       </c>
       <c r="G12" s="1">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="H12" s="1">
-        <v>156</v>
+        <v>179</v>
       </c>
       <c r="I12" s="1">
-        <v>181</v>
+        <v>170</v>
       </c>
       <c r="J12" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
       <c r="K12" s="1">
-        <v>175</v>
+        <v>199</v>
       </c>
       <c r="L12" s="1">
         <v>1043</v>
       </c>
       <c r="M12" s="1">
         <v>173.83</v>
       </c>
       <c r="N12" s="1">
         <v>1043</v>
       </c>
       <c r="O12" s="1">
         <v>173.83</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1">
         <v>10</v>
       </c>
       <c r="B13" s="1">
         <v>5697809796</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="1" t="s">
@@ -1525,51 +1525,51 @@
       </c>
       <c r="M16" s="1">
         <v>168.5</v>
       </c>
       <c r="N16" s="1">
         <v>1011</v>
       </c>
       <c r="O16" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1">
         <v>9758659</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F17" s="1">
         <v>210</v>
       </c>
       <c r="G17" s="1">
         <v>143</v>
       </c>
       <c r="H17" s="1">
         <v>163</v>
       </c>
       <c r="I17" s="1">
         <v>180</v>
       </c>
       <c r="J17" s="1">
         <v>152</v>
       </c>
       <c r="K17" s="1">
         <v>161</v>
       </c>
       <c r="L17" s="1">
         <v>1009</v>
       </c>
       <c r="M17" s="1">
         <v>168.17</v>
       </c>
@@ -1854,98 +1854,98 @@
       </c>
       <c r="M23" s="1">
         <v>164.33</v>
       </c>
       <c r="N23" s="1">
         <v>986</v>
       </c>
       <c r="O23" s="1">
         <v>164.33</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1">
         <v>754567890</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F24" s="1">
         <v>168</v>
       </c>
       <c r="G24" s="1">
         <v>178</v>
       </c>
       <c r="H24" s="1">
         <v>159</v>
       </c>
       <c r="I24" s="1">
         <v>172</v>
       </c>
       <c r="J24" s="1">
         <v>135</v>
       </c>
       <c r="K24" s="1">
         <v>167</v>
       </c>
       <c r="L24" s="1">
         <v>979</v>
       </c>
       <c r="M24" s="1">
         <v>163.17</v>
       </c>
       <c r="N24" s="1">
         <v>979</v>
       </c>
       <c r="O24" s="1">
         <v>163.17</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1">
         <v>2882</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F25" s="1">
         <v>133</v>
       </c>
       <c r="G25" s="1">
         <v>202</v>
       </c>
       <c r="H25" s="1">
         <v>116</v>
       </c>
       <c r="I25" s="1">
         <v>187</v>
       </c>
       <c r="J25" s="1">
         <v>173</v>
       </c>
       <c r="K25" s="1">
         <v>168</v>
       </c>
       <c r="L25" s="1">
         <v>979</v>
       </c>
       <c r="M25" s="1">
         <v>163.17</v>
       </c>
@@ -2042,51 +2042,51 @@
       </c>
       <c r="M27" s="1">
         <v>162.17</v>
       </c>
       <c r="N27" s="1">
         <v>973</v>
       </c>
       <c r="O27" s="1">
         <v>162.17</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1">
         <v>987656789</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F28" s="1">
         <v>169</v>
       </c>
       <c r="G28" s="1">
         <v>175</v>
       </c>
       <c r="H28" s="1">
         <v>164</v>
       </c>
       <c r="I28" s="1">
         <v>179</v>
       </c>
       <c r="J28" s="1">
         <v>127</v>
       </c>
       <c r="K28" s="1">
         <v>157</v>
       </c>
       <c r="L28" s="1">
         <v>971</v>
       </c>
       <c r="M28" s="1">
         <v>161.83</v>
       </c>
@@ -2136,98 +2136,98 @@
       </c>
       <c r="M29" s="1">
         <v>161.33</v>
       </c>
       <c r="N29" s="1">
         <v>968</v>
       </c>
       <c r="O29" s="1">
         <v>161.33</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1">
         <v>8765456789</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F30" s="1">
         <v>189</v>
       </c>
       <c r="G30" s="1">
         <v>202</v>
       </c>
       <c r="H30" s="1">
         <v>141</v>
       </c>
       <c r="I30" s="1">
         <v>132</v>
       </c>
       <c r="J30" s="1">
         <v>132</v>
       </c>
       <c r="K30" s="1">
         <v>159</v>
       </c>
       <c r="L30" s="1">
         <v>955</v>
       </c>
       <c r="M30" s="1">
         <v>159.17</v>
       </c>
       <c r="N30" s="1">
         <v>955</v>
       </c>
       <c r="O30" s="1">
         <v>159.17</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" s="1">
         <v>28</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F31" s="1">
         <v>152</v>
       </c>
       <c r="G31" s="1">
         <v>174</v>
       </c>
       <c r="H31" s="1">
         <v>144</v>
       </c>
       <c r="I31" s="1">
         <v>165</v>
       </c>
       <c r="J31" s="1">
         <v>169</v>
       </c>
       <c r="K31" s="1">
         <v>147</v>
       </c>
       <c r="L31" s="1">
         <v>951</v>
       </c>
       <c r="M31" s="1">
         <v>158.5</v>
       </c>
@@ -2362,154 +2362,154 @@
       </c>
       <c r="J34" s="1">
         <v>134</v>
       </c>
       <c r="K34" s="1">
         <v>170</v>
       </c>
       <c r="L34" s="1">
         <v>935</v>
       </c>
       <c r="M34" s="1">
         <v>155.83</v>
       </c>
       <c r="N34" s="1">
         <v>935</v>
       </c>
       <c r="O34" s="1">
         <v>155.83</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" s="1">
         <v>32</v>
       </c>
       <c r="B35" s="1">
-        <v>10029</v>
+        <v>10012</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F35" s="1">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="G35" s="1">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="H35" s="1">
+        <v>150</v>
+      </c>
+      <c r="I35" s="1">
+        <v>168</v>
+      </c>
+      <c r="J35" s="1">
         <v>159</v>
       </c>
-      <c r="I35" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="K35" s="1">
-        <v>175</v>
+        <v>148</v>
       </c>
       <c r="L35" s="1">
         <v>932</v>
       </c>
       <c r="M35" s="1">
         <v>155.33</v>
       </c>
       <c r="N35" s="1">
         <v>932</v>
       </c>
       <c r="O35" s="1">
         <v>155.33</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" s="1">
         <v>33</v>
       </c>
       <c r="B36" s="1">
-        <v>10012</v>
+        <v>10029</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F36" s="1">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="G36" s="1">
+        <v>149</v>
+      </c>
+      <c r="H36" s="1">
+        <v>159</v>
+      </c>
+      <c r="I36" s="1">
         <v>141</v>
       </c>
-      <c r="H36" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="J36" s="1">
-        <v>159</v>
+        <v>130</v>
       </c>
       <c r="K36" s="1">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="L36" s="1">
         <v>932</v>
       </c>
       <c r="M36" s="1">
         <v>155.33</v>
       </c>
       <c r="N36" s="1">
         <v>932</v>
       </c>
       <c r="O36" s="1">
         <v>155.33</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" s="1">
         <v>34</v>
       </c>
       <c r="B37" s="1">
         <v>1103</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F37" s="1">
         <v>155</v>
       </c>
       <c r="G37" s="1">
         <v>135</v>
       </c>
       <c r="H37" s="1">
         <v>136</v>
       </c>
       <c r="I37" s="1">
         <v>201</v>
       </c>
       <c r="J37" s="1">
         <v>141</v>
       </c>
       <c r="K37" s="1">
         <v>162</v>
       </c>
       <c r="L37" s="1">
         <v>930</v>
       </c>
       <c r="M37" s="1">
         <v>155.0</v>
       </c>
@@ -2644,125 +2644,125 @@
       </c>
       <c r="J40" s="1">
         <v>187</v>
       </c>
       <c r="K40" s="1">
         <v>143</v>
       </c>
       <c r="L40" s="1">
         <v>925</v>
       </c>
       <c r="M40" s="1">
         <v>154.17</v>
       </c>
       <c r="N40" s="1">
         <v>925</v>
       </c>
       <c r="O40" s="1">
         <v>154.17</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" s="1">
         <v>38</v>
       </c>
       <c r="B41" s="1">
-        <v>98656789</v>
+        <v>745678</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>37</v>
+        <v>98</v>
       </c>
       <c r="F41" s="1">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="G41" s="1">
-        <v>147</v>
+        <v>223</v>
       </c>
       <c r="H41" s="1">
-        <v>118</v>
+        <v>167</v>
       </c>
       <c r="I41" s="1">
-        <v>169</v>
+        <v>114</v>
       </c>
       <c r="J41" s="1">
-        <v>190</v>
+        <v>133</v>
       </c>
       <c r="K41" s="1">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="L41" s="1">
         <v>924</v>
       </c>
       <c r="M41" s="1">
         <v>154.0</v>
       </c>
       <c r="N41" s="1">
         <v>924</v>
       </c>
       <c r="O41" s="1">
         <v>154.0</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" s="1">
         <v>39</v>
       </c>
       <c r="B42" s="1">
-        <v>745678</v>
+        <v>98656789</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>98</v>
+        <v>35</v>
       </c>
       <c r="F42" s="1">
-        <v>122</v>
+        <v>142</v>
       </c>
       <c r="G42" s="1">
-        <v>223</v>
+        <v>147</v>
       </c>
       <c r="H42" s="1">
-        <v>167</v>
+        <v>118</v>
       </c>
       <c r="I42" s="1">
-        <v>114</v>
+        <v>169</v>
       </c>
       <c r="J42" s="1">
-        <v>133</v>
+        <v>190</v>
       </c>
       <c r="K42" s="1">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="L42" s="1">
         <v>924</v>
       </c>
       <c r="M42" s="1">
         <v>154.0</v>
       </c>
       <c r="N42" s="1">
         <v>924</v>
       </c>
       <c r="O42" s="1">
         <v>154.0</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" s="1">
         <v>40</v>
       </c>
       <c r="B43" s="1">
         <v>89287</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D43" s="1" t="s">
@@ -2888,51 +2888,51 @@
       </c>
       <c r="M45" s="1">
         <v>149.5</v>
       </c>
       <c r="N45" s="1">
         <v>897</v>
       </c>
       <c r="O45" s="1">
         <v>149.5</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" s="1">
         <v>43</v>
       </c>
       <c r="B46" s="1">
         <v>8076</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>109</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F46" s="1">
         <v>149</v>
       </c>
       <c r="G46" s="1">
         <v>149</v>
       </c>
       <c r="H46" s="1">
         <v>132</v>
       </c>
       <c r="I46" s="1">
         <v>155</v>
       </c>
       <c r="J46" s="1">
         <v>152</v>
       </c>
       <c r="K46" s="1">
         <v>158</v>
       </c>
       <c r="L46" s="1">
         <v>895</v>
       </c>
       <c r="M46" s="1">
         <v>149.17</v>
       </c>
@@ -3123,351 +3123,351 @@
       </c>
       <c r="M50" s="1">
         <v>144.67</v>
       </c>
       <c r="N50" s="1">
         <v>868</v>
       </c>
       <c r="O50" s="1">
         <v>144.67</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51" s="1">
         <v>48</v>
       </c>
       <c r="B51" s="1">
         <v>567876567</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>117</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F51" s="1">
         <v>156</v>
       </c>
       <c r="G51" s="1">
         <v>153</v>
       </c>
       <c r="H51" s="1">
         <v>113</v>
       </c>
       <c r="I51" s="1">
         <v>142</v>
       </c>
       <c r="J51" s="1">
         <v>170</v>
       </c>
       <c r="K51" s="1">
         <v>130</v>
       </c>
       <c r="L51" s="1">
         <v>864</v>
       </c>
       <c r="M51" s="1">
         <v>144.0</v>
       </c>
       <c r="N51" s="1">
         <v>864</v>
       </c>
       <c r="O51" s="1">
         <v>144.0</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52" s="1">
         <v>49</v>
       </c>
       <c r="B52" s="1">
         <v>23452341111111</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>119</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F52" s="1">
         <v>125</v>
       </c>
       <c r="G52" s="1">
         <v>150</v>
       </c>
       <c r="H52" s="1">
         <v>140</v>
       </c>
       <c r="I52" s="1">
         <v>138</v>
       </c>
       <c r="J52" s="1">
         <v>166</v>
       </c>
       <c r="K52" s="1">
         <v>145</v>
       </c>
       <c r="L52" s="1">
         <v>864</v>
       </c>
       <c r="M52" s="1">
         <v>144.0</v>
       </c>
       <c r="N52" s="1">
         <v>864</v>
       </c>
       <c r="O52" s="1">
         <v>144.0</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53" s="1">
         <v>50</v>
       </c>
       <c r="B53" s="1">
-        <v>98765678</v>
+        <v>1106</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>98</v>
       </c>
       <c r="F53" s="1">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="G53" s="1">
-        <v>177</v>
+        <v>112</v>
       </c>
       <c r="H53" s="1">
-        <v>153</v>
+        <v>118</v>
       </c>
       <c r="I53" s="1">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="J53" s="1">
-        <v>131</v>
+        <v>167</v>
       </c>
       <c r="K53" s="1">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="L53" s="1">
         <v>861</v>
       </c>
       <c r="M53" s="1">
         <v>143.5</v>
       </c>
       <c r="N53" s="1">
         <v>861</v>
       </c>
       <c r="O53" s="1">
         <v>143.5</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54" s="1">
         <v>51</v>
       </c>
       <c r="B54" s="1">
-        <v>1106</v>
+        <v>98765678</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>123</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>98</v>
       </c>
       <c r="F54" s="1">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="G54" s="1">
-        <v>112</v>
+        <v>177</v>
       </c>
       <c r="H54" s="1">
-        <v>118</v>
+        <v>153</v>
       </c>
       <c r="I54" s="1">
-        <v>143</v>
+        <v>122</v>
       </c>
       <c r="J54" s="1">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="K54" s="1">
-        <v>167</v>
+        <v>130</v>
       </c>
       <c r="L54" s="1">
         <v>861</v>
       </c>
       <c r="M54" s="1">
         <v>143.5</v>
       </c>
       <c r="N54" s="1">
         <v>861</v>
       </c>
       <c r="O54" s="1">
         <v>143.5</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" s="1">
         <v>52</v>
       </c>
       <c r="B55" s="1">
         <v>8765678</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F55" s="1">
         <v>133</v>
       </c>
       <c r="G55" s="1">
         <v>146</v>
       </c>
       <c r="H55" s="1">
         <v>157</v>
       </c>
       <c r="I55" s="1">
         <v>149</v>
       </c>
       <c r="J55" s="1">
         <v>113</v>
       </c>
       <c r="K55" s="1">
         <v>127</v>
       </c>
       <c r="L55" s="1">
         <v>825</v>
       </c>
       <c r="M55" s="1">
         <v>137.5</v>
       </c>
       <c r="N55" s="1">
         <v>825</v>
       </c>
       <c r="O55" s="1">
         <v>137.5</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56" s="1">
         <v>53</v>
       </c>
       <c r="B56" s="1">
-        <v>8057</v>
+        <v>1232</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>126</v>
+        <v>92</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>98</v>
       </c>
       <c r="F56" s="1">
-        <v>104</v>
+        <v>148</v>
       </c>
       <c r="G56" s="1">
-        <v>163</v>
+        <v>124</v>
       </c>
       <c r="H56" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="I56" s="1">
-        <v>128</v>
+        <v>159</v>
       </c>
       <c r="J56" s="1">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="K56" s="1">
-        <v>190</v>
+        <v>122</v>
       </c>
       <c r="L56" s="1">
         <v>815</v>
       </c>
       <c r="M56" s="1">
         <v>135.83</v>
       </c>
       <c r="N56" s="1">
         <v>815</v>
       </c>
       <c r="O56" s="1">
         <v>135.83</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" s="1">
         <v>54</v>
       </c>
       <c r="B57" s="1">
-        <v>1232</v>
+        <v>8057</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>98</v>
       </c>
       <c r="F57" s="1">
-        <v>148</v>
+        <v>104</v>
       </c>
       <c r="G57" s="1">
-        <v>124</v>
+        <v>163</v>
       </c>
       <c r="H57" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="I57" s="1">
-        <v>159</v>
+        <v>128</v>
       </c>
       <c r="J57" s="1">
-        <v>132</v>
+        <v>120</v>
       </c>
       <c r="K57" s="1">
-        <v>122</v>
+        <v>190</v>
       </c>
       <c r="L57" s="1">
         <v>815</v>
       </c>
       <c r="M57" s="1">
         <v>135.83</v>
       </c>
       <c r="N57" s="1">
         <v>815</v>
       </c>
       <c r="O57" s="1">
         <v>135.83</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58" s="1">
         <v>55</v>
       </c>
       <c r="B58" s="1">
         <v>88765678</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D58" s="1" t="s">