--- v1 (2025-11-25)
+++ v2 (2026-01-15)
@@ -165,108 +165,108 @@
   <si>
     <t>Linares</t>
   </si>
   <si>
     <t>Ruth</t>
   </si>
   <si>
     <t>Vasquez</t>
   </si>
   <si>
     <t>Antioquia</t>
   </si>
   <si>
     <t>Juliana</t>
   </si>
   <si>
     <t>Escandon</t>
   </si>
   <si>
     <t>Jackeline</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
+    <t>Anyerly</t>
+  </si>
+  <si>
+    <t>Mosquera</t>
+  </si>
+  <si>
     <t>Adriana</t>
   </si>
   <si>
     <t>Peña</t>
   </si>
   <si>
-    <t>Anyerly</t>
-[...4 lines deleted...]
-  <si>
     <t>Nora</t>
   </si>
   <si>
     <t>Delgado</t>
   </si>
   <si>
     <t>Yira</t>
   </si>
   <si>
     <t>Perea</t>
   </si>
   <si>
     <t>Bogotá</t>
   </si>
   <si>
     <t>Nicol</t>
   </si>
   <si>
     <t>Gomez</t>
   </si>
   <si>
     <t>Aura</t>
   </si>
   <si>
     <t>Roman</t>
   </si>
   <si>
     <t>Nariño</t>
   </si>
   <si>
     <t xml:space="preserve">Magnolia </t>
   </si>
   <si>
     <t>Espinosa</t>
   </si>
   <si>
+    <t xml:space="preserve">Mariana </t>
+  </si>
+  <si>
+    <t>Conde</t>
+  </si>
+  <si>
     <t>Maria C</t>
   </si>
   <si>
     <t>Garcia</t>
-  </si>
-[...4 lines deleted...]
-    <t>Conde</t>
   </si>
   <si>
     <t>Erika</t>
   </si>
   <si>
     <t>Higuera</t>
   </si>
   <si>
     <t>Liliana</t>
   </si>
   <si>
     <t>Maria O</t>
   </si>
   <si>
     <t>Santamaria</t>
   </si>
   <si>
     <t>Viviana</t>
   </si>
   <si>
     <t>Cuellar</t>
   </si>
   <si>
     <t>Maria L</t>
   </si>
@@ -1516,125 +1516,125 @@
       </c>
       <c r="J16" s="1">
         <v>163</v>
       </c>
       <c r="K16" s="1">
         <v>177</v>
       </c>
       <c r="L16" s="1">
         <v>1011</v>
       </c>
       <c r="M16" s="1">
         <v>168.5</v>
       </c>
       <c r="N16" s="1">
         <v>1011</v>
       </c>
       <c r="O16" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1">
-        <v>9758659</v>
+        <v>3044</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F17" s="1">
-        <v>210</v>
+        <v>186</v>
       </c>
       <c r="G17" s="1">
-        <v>143</v>
+        <v>196</v>
       </c>
       <c r="H17" s="1">
+        <v>145</v>
+      </c>
+      <c r="I17" s="1">
+        <v>170</v>
+      </c>
+      <c r="J17" s="1">
         <v>163</v>
       </c>
-      <c r="I17" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="K17" s="1">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="L17" s="1">
         <v>1009</v>
       </c>
       <c r="M17" s="1">
         <v>168.17</v>
       </c>
       <c r="N17" s="1">
         <v>1009</v>
       </c>
       <c r="O17" s="1">
         <v>168.17</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="1">
         <v>15</v>
       </c>
       <c r="B18" s="1">
-        <v>3044</v>
+        <v>9758659</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F18" s="1">
-        <v>186</v>
+        <v>210</v>
       </c>
       <c r="G18" s="1">
-        <v>196</v>
+        <v>143</v>
       </c>
       <c r="H18" s="1">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="I18" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="J18" s="1">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="K18" s="1">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="L18" s="1">
         <v>1009</v>
       </c>
       <c r="M18" s="1">
         <v>168.17</v>
       </c>
       <c r="N18" s="1">
         <v>1009</v>
       </c>
       <c r="O18" s="1">
         <v>168.17</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" s="1">
         <v>16</v>
       </c>
       <c r="B19" s="1">
         <v>1088</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="1" t="s">
@@ -1845,125 +1845,125 @@
       </c>
       <c r="J23" s="1">
         <v>169</v>
       </c>
       <c r="K23" s="1">
         <v>165</v>
       </c>
       <c r="L23" s="1">
         <v>986</v>
       </c>
       <c r="M23" s="1">
         <v>164.33</v>
       </c>
       <c r="N23" s="1">
         <v>986</v>
       </c>
       <c r="O23" s="1">
         <v>164.33</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1">
-        <v>754567890</v>
+        <v>2882</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F24" s="1">
+        <v>133</v>
+      </c>
+      <c r="G24" s="1">
+        <v>202</v>
+      </c>
+      <c r="H24" s="1">
+        <v>116</v>
+      </c>
+      <c r="I24" s="1">
+        <v>187</v>
+      </c>
+      <c r="J24" s="1">
+        <v>173</v>
+      </c>
+      <c r="K24" s="1">
         <v>168</v>
-      </c>
-[...13 lines deleted...]
-        <v>167</v>
       </c>
       <c r="L24" s="1">
         <v>979</v>
       </c>
       <c r="M24" s="1">
         <v>163.17</v>
       </c>
       <c r="N24" s="1">
         <v>979</v>
       </c>
       <c r="O24" s="1">
         <v>163.17</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1">
-        <v>2882</v>
+        <v>754567890</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F25" s="1">
-        <v>133</v>
+        <v>168</v>
       </c>
       <c r="G25" s="1">
-        <v>202</v>
+        <v>178</v>
       </c>
       <c r="H25" s="1">
-        <v>116</v>
+        <v>159</v>
       </c>
       <c r="I25" s="1">
-        <v>187</v>
+        <v>172</v>
       </c>
       <c r="J25" s="1">
-        <v>173</v>
+        <v>135</v>
       </c>
       <c r="K25" s="1">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="L25" s="1">
         <v>979</v>
       </c>
       <c r="M25" s="1">
         <v>163.17</v>
       </c>
       <c r="N25" s="1">
         <v>979</v>
       </c>
       <c r="O25" s="1">
         <v>163.17</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1">
         <v>160001</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="1" t="s">
@@ -1992,51 +1992,51 @@
       </c>
       <c r="L26" s="1">
         <v>975</v>
       </c>
       <c r="M26" s="1">
         <v>162.5</v>
       </c>
       <c r="N26" s="1">
         <v>975</v>
       </c>
       <c r="O26" s="1">
         <v>162.5</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" s="1">
         <v>24</v>
       </c>
       <c r="B27" s="1">
         <v>1087</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F27" s="1">
         <v>179</v>
       </c>
       <c r="G27" s="1">
         <v>162</v>
       </c>
       <c r="H27" s="1">
         <v>139</v>
       </c>
       <c r="I27" s="1">
         <v>152</v>
       </c>
       <c r="J27" s="1">
         <v>151</v>
       </c>
       <c r="K27" s="1">
         <v>190</v>
       </c>
       <c r="L27" s="1">
         <v>973</v>
       </c>
@@ -2271,51 +2271,51 @@
       </c>
       <c r="K32" s="1">
         <v>167</v>
       </c>
       <c r="L32" s="1">
         <v>939</v>
       </c>
       <c r="M32" s="1">
         <v>156.5</v>
       </c>
       <c r="N32" s="1">
         <v>939</v>
       </c>
       <c r="O32" s="1">
         <v>156.5</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" s="1">
         <v>30</v>
       </c>
       <c r="B33" s="1">
         <v>1194</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>84</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>85</v>
       </c>
       <c r="F33" s="1">
         <v>135</v>
       </c>
       <c r="G33" s="1">
         <v>149</v>
       </c>
       <c r="H33" s="1">
         <v>154</v>
       </c>
       <c r="I33" s="1">
         <v>159</v>
       </c>
       <c r="J33" s="1">
         <v>179</v>
       </c>
       <c r="K33" s="1">
         <v>162</v>
       </c>
@@ -2835,51 +2835,51 @@
       </c>
       <c r="K44" s="1">
         <v>147</v>
       </c>
       <c r="L44" s="1">
         <v>900</v>
       </c>
       <c r="M44" s="1">
         <v>150.0</v>
       </c>
       <c r="N44" s="1">
         <v>900</v>
       </c>
       <c r="O44" s="1">
         <v>150.0</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" s="1">
         <v>42</v>
       </c>
       <c r="B45" s="1">
         <v>8068</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>63</v>
       </c>
       <c r="F45" s="1">
         <v>146</v>
       </c>
       <c r="G45" s="1">
         <v>122</v>
       </c>
       <c r="H45" s="1">
         <v>139</v>
       </c>
       <c r="I45" s="1">
         <v>135</v>
       </c>
       <c r="J45" s="1">
         <v>154</v>
       </c>
       <c r="K45" s="1">
         <v>201</v>
       </c>