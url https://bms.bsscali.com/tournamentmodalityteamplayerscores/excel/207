--- v2 (2026-01-15)
+++ v3 (2026-03-24)
@@ -114,161 +114,161 @@
   <si>
     <t>Tatiana</t>
   </si>
   <si>
     <t>Vargas</t>
   </si>
   <si>
     <t xml:space="preserve">Sandra </t>
   </si>
   <si>
     <t>Silva</t>
   </si>
   <si>
     <t>Farallones</t>
   </si>
   <si>
     <t>Martha</t>
   </si>
   <si>
     <t>Trujillo</t>
   </si>
   <si>
     <t>Cañaveral</t>
   </si>
   <si>
+    <t>Gladys</t>
+  </si>
+  <si>
+    <t>Tobar</t>
+  </si>
+  <si>
     <t>Nataly</t>
   </si>
   <si>
     <t>Valenzuela</t>
   </si>
   <si>
     <t>Cundinamarca</t>
   </si>
   <si>
     <t>Ana M</t>
   </si>
   <si>
     <t>Robles</t>
   </si>
   <si>
     <t>Risaralda</t>
   </si>
   <si>
-    <t>Gladys</t>
-[...4 lines deleted...]
-  <si>
     <t>Dora</t>
   </si>
   <si>
     <t>Linares</t>
   </si>
   <si>
     <t>Ruth</t>
   </si>
   <si>
     <t>Vasquez</t>
   </si>
   <si>
     <t>Antioquia</t>
   </si>
   <si>
     <t>Juliana</t>
   </si>
   <si>
     <t>Escandon</t>
   </si>
   <si>
     <t>Jackeline</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
+    <t>Adriana</t>
+  </si>
+  <si>
+    <t>Peña</t>
+  </si>
+  <si>
     <t>Anyerly</t>
   </si>
   <si>
     <t>Mosquera</t>
   </si>
   <si>
-    <t>Adriana</t>
-[...4 lines deleted...]
-  <si>
     <t>Nora</t>
   </si>
   <si>
     <t>Delgado</t>
   </si>
   <si>
     <t>Yira</t>
   </si>
   <si>
     <t>Perea</t>
   </si>
   <si>
     <t>Bogotá</t>
   </si>
   <si>
     <t>Nicol</t>
   </si>
   <si>
     <t>Gomez</t>
   </si>
   <si>
     <t>Aura</t>
   </si>
   <si>
     <t>Roman</t>
   </si>
   <si>
     <t>Nariño</t>
   </si>
   <si>
     <t xml:space="preserve">Magnolia </t>
   </si>
   <si>
     <t>Espinosa</t>
   </si>
   <si>
+    <t>Maria C</t>
+  </si>
+  <si>
+    <t>Garcia</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mariana </t>
   </si>
   <si>
     <t>Conde</t>
   </si>
   <si>
-    <t>Maria C</t>
-[...4 lines deleted...]
-  <si>
     <t>Erika</t>
   </si>
   <si>
     <t>Higuera</t>
   </si>
   <si>
     <t>Liliana</t>
   </si>
   <si>
     <t>Maria O</t>
   </si>
   <si>
     <t>Santamaria</t>
   </si>
   <si>
     <t>Viviana</t>
   </si>
   <si>
     <t>Cuellar</t>
   </si>
   <si>
     <t>Maria L</t>
   </si>
   <si>
     <t>Alvarez</t>
@@ -279,62 +279,62 @@
   <si>
     <t>Diana M</t>
   </si>
   <si>
     <t>Ramirez</t>
   </si>
   <si>
     <t>Dana I</t>
   </si>
   <si>
     <t>Cataño</t>
   </si>
   <si>
     <t>Hurtado</t>
   </si>
   <si>
     <t>Los Amigos</t>
   </si>
   <si>
     <t>Gina</t>
   </si>
   <si>
     <t>Bermudez</t>
   </si>
   <si>
+    <t>Luz S</t>
+  </si>
+  <si>
+    <t>Montoya</t>
+  </si>
+  <si>
     <t>Amanda</t>
   </si>
   <si>
     <t>Galeano</t>
   </si>
   <si>
-    <t>Luz S</t>
-[...4 lines deleted...]
-  <si>
     <t>Osorio</t>
   </si>
   <si>
     <t>Mariana</t>
   </si>
   <si>
     <t>Acosta</t>
   </si>
   <si>
     <t>Polo</t>
   </si>
   <si>
     <t>Boyacá</t>
   </si>
   <si>
     <t>Susana</t>
   </si>
   <si>
     <t>Caldas</t>
   </si>
   <si>
     <t>Alba</t>
   </si>
   <si>
     <t>Rosales</t>
@@ -375,60 +375,60 @@
   <si>
     <t>Ordoñez</t>
   </si>
   <si>
     <t>Valeria</t>
   </si>
   <si>
     <t>Martinez</t>
   </si>
   <si>
     <t>Sofia</t>
   </si>
   <si>
     <t>Hernandez</t>
   </si>
   <si>
     <t>Garnica</t>
   </si>
   <si>
     <t>Clara</t>
   </si>
   <si>
     <t>Arenas</t>
   </si>
   <si>
+    <t>Doris</t>
+  </si>
+  <si>
+    <t>Rosas</t>
+  </si>
+  <si>
     <t>Blanca</t>
   </si>
   <si>
     <t>Parra</t>
-  </si>
-[...4 lines deleted...]
-    <t>Rosas</t>
   </si>
   <si>
     <t>Gloria</t>
   </si>
   <si>
     <t>Martha L</t>
   </si>
   <si>
     <t>Giraldo</t>
   </si>
   <si>
     <t>Restrepo</t>
   </si>
   <si>
     <t>Mireya</t>
   </si>
   <si>
     <t>Rojas</t>
   </si>
   <si>
     <t>Magda</t>
   </si>
   <si>
     <t>Perez</t>
   </si>
@@ -1187,172 +1187,172 @@
       </c>
       <c r="J9" s="1">
         <v>174</v>
       </c>
       <c r="K9" s="1">
         <v>153</v>
       </c>
       <c r="L9" s="1">
         <v>1045</v>
       </c>
       <c r="M9" s="1">
         <v>174.17</v>
       </c>
       <c r="N9" s="1">
         <v>1045</v>
       </c>
       <c r="O9" s="1">
         <v>174.17</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>10051</v>
+        <v>2708</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="F10" s="1">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="G10" s="1">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="H10" s="1">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="I10" s="1">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="J10" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
       <c r="K10" s="1">
-        <v>175</v>
+        <v>199</v>
       </c>
       <c r="L10" s="1">
         <v>1043</v>
       </c>
       <c r="M10" s="1">
         <v>173.83</v>
       </c>
       <c r="N10" s="1">
         <v>1043</v>
       </c>
       <c r="O10" s="1">
         <v>173.83</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1">
         <v>8</v>
       </c>
       <c r="B11" s="1">
-        <v>1783</v>
+        <v>10051</v>
       </c>
       <c r="C11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="E11" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="E11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="1">
-        <v>158</v>
+        <v>176</v>
       </c>
       <c r="G11" s="1">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="H11" s="1">
-        <v>156</v>
+        <v>172</v>
       </c>
       <c r="I11" s="1">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J11" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
       <c r="K11" s="1">
         <v>175</v>
       </c>
       <c r="L11" s="1">
         <v>1043</v>
       </c>
       <c r="M11" s="1">
         <v>173.83</v>
       </c>
       <c r="N11" s="1">
         <v>1043</v>
       </c>
       <c r="O11" s="1">
         <v>173.83</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1">
         <v>9</v>
       </c>
       <c r="B12" s="1">
-        <v>2708</v>
+        <v>1783</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="E12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="1">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="G12" s="1">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H12" s="1">
-        <v>179</v>
+        <v>156</v>
       </c>
       <c r="I12" s="1">
-        <v>170</v>
+        <v>181</v>
       </c>
       <c r="J12" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
       <c r="K12" s="1">
-        <v>199</v>
+        <v>175</v>
       </c>
       <c r="L12" s="1">
         <v>1043</v>
       </c>
       <c r="M12" s="1">
         <v>173.83</v>
       </c>
       <c r="N12" s="1">
         <v>1043</v>
       </c>
       <c r="O12" s="1">
         <v>173.83</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1">
         <v>10</v>
       </c>
       <c r="B13" s="1">
         <v>5697809796</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="1" t="s">
@@ -1516,125 +1516,125 @@
       </c>
       <c r="J16" s="1">
         <v>163</v>
       </c>
       <c r="K16" s="1">
         <v>177</v>
       </c>
       <c r="L16" s="1">
         <v>1011</v>
       </c>
       <c r="M16" s="1">
         <v>168.5</v>
       </c>
       <c r="N16" s="1">
         <v>1011</v>
       </c>
       <c r="O16" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1">
-        <v>3044</v>
+        <v>9758659</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F17" s="1">
-        <v>186</v>
+        <v>210</v>
       </c>
       <c r="G17" s="1">
-        <v>196</v>
+        <v>143</v>
       </c>
       <c r="H17" s="1">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="I17" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="J17" s="1">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="K17" s="1">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="L17" s="1">
         <v>1009</v>
       </c>
       <c r="M17" s="1">
         <v>168.17</v>
       </c>
       <c r="N17" s="1">
         <v>1009</v>
       </c>
       <c r="O17" s="1">
         <v>168.17</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="1">
         <v>15</v>
       </c>
       <c r="B18" s="1">
-        <v>9758659</v>
+        <v>3044</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F18" s="1">
-        <v>210</v>
+        <v>186</v>
       </c>
       <c r="G18" s="1">
-        <v>143</v>
+        <v>196</v>
       </c>
       <c r="H18" s="1">
+        <v>145</v>
+      </c>
+      <c r="I18" s="1">
+        <v>170</v>
+      </c>
+      <c r="J18" s="1">
         <v>163</v>
       </c>
-      <c r="I18" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="K18" s="1">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="L18" s="1">
         <v>1009</v>
       </c>
       <c r="M18" s="1">
         <v>168.17</v>
       </c>
       <c r="N18" s="1">
         <v>1009</v>
       </c>
       <c r="O18" s="1">
         <v>168.17</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" s="1">
         <v>16</v>
       </c>
       <c r="B19" s="1">
         <v>1088</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="1" t="s">
@@ -1845,125 +1845,125 @@
       </c>
       <c r="J23" s="1">
         <v>169</v>
       </c>
       <c r="K23" s="1">
         <v>165</v>
       </c>
       <c r="L23" s="1">
         <v>986</v>
       </c>
       <c r="M23" s="1">
         <v>164.33</v>
       </c>
       <c r="N23" s="1">
         <v>986</v>
       </c>
       <c r="O23" s="1">
         <v>164.33</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1">
-        <v>2882</v>
+        <v>754567890</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F24" s="1">
-        <v>133</v>
+        <v>168</v>
       </c>
       <c r="G24" s="1">
-        <v>202</v>
+        <v>178</v>
       </c>
       <c r="H24" s="1">
-        <v>116</v>
+        <v>159</v>
       </c>
       <c r="I24" s="1">
-        <v>187</v>
+        <v>172</v>
       </c>
       <c r="J24" s="1">
-        <v>173</v>
+        <v>135</v>
       </c>
       <c r="K24" s="1">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="L24" s="1">
         <v>979</v>
       </c>
       <c r="M24" s="1">
         <v>163.17</v>
       </c>
       <c r="N24" s="1">
         <v>979</v>
       </c>
       <c r="O24" s="1">
         <v>163.17</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1">
-        <v>754567890</v>
+        <v>2882</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F25" s="1">
+        <v>133</v>
+      </c>
+      <c r="G25" s="1">
+        <v>202</v>
+      </c>
+      <c r="H25" s="1">
+        <v>116</v>
+      </c>
+      <c r="I25" s="1">
+        <v>187</v>
+      </c>
+      <c r="J25" s="1">
+        <v>173</v>
+      </c>
+      <c r="K25" s="1">
         <v>168</v>
-      </c>
-[...13 lines deleted...]
-        <v>167</v>
       </c>
       <c r="L25" s="1">
         <v>979</v>
       </c>
       <c r="M25" s="1">
         <v>163.17</v>
       </c>
       <c r="N25" s="1">
         <v>979</v>
       </c>
       <c r="O25" s="1">
         <v>163.17</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1">
         <v>160001</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="1" t="s">
@@ -1992,101 +1992,101 @@
       </c>
       <c r="L26" s="1">
         <v>975</v>
       </c>
       <c r="M26" s="1">
         <v>162.5</v>
       </c>
       <c r="N26" s="1">
         <v>975</v>
       </c>
       <c r="O26" s="1">
         <v>162.5</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" s="1">
         <v>24</v>
       </c>
       <c r="B27" s="1">
         <v>1087</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F27" s="1">
         <v>179</v>
       </c>
       <c r="G27" s="1">
         <v>162</v>
       </c>
       <c r="H27" s="1">
         <v>139</v>
       </c>
       <c r="I27" s="1">
         <v>152</v>
       </c>
       <c r="J27" s="1">
         <v>151</v>
       </c>
       <c r="K27" s="1">
         <v>190</v>
       </c>
       <c r="L27" s="1">
         <v>973</v>
       </c>
       <c r="M27" s="1">
         <v>162.17</v>
       </c>
       <c r="N27" s="1">
         <v>973</v>
       </c>
       <c r="O27" s="1">
         <v>162.17</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1">
         <v>987656789</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F28" s="1">
         <v>169</v>
       </c>
       <c r="G28" s="1">
         <v>175</v>
       </c>
       <c r="H28" s="1">
         <v>164</v>
       </c>
       <c r="I28" s="1">
         <v>179</v>
       </c>
       <c r="J28" s="1">
         <v>127</v>
       </c>
       <c r="K28" s="1">
         <v>157</v>
       </c>
       <c r="L28" s="1">
         <v>971</v>
       </c>
       <c r="M28" s="1">
         <v>161.83</v>
       </c>
@@ -2136,98 +2136,98 @@
       </c>
       <c r="M29" s="1">
         <v>161.33</v>
       </c>
       <c r="N29" s="1">
         <v>968</v>
       </c>
       <c r="O29" s="1">
         <v>161.33</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1">
         <v>8765456789</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F30" s="1">
         <v>189</v>
       </c>
       <c r="G30" s="1">
         <v>202</v>
       </c>
       <c r="H30" s="1">
         <v>141</v>
       </c>
       <c r="I30" s="1">
         <v>132</v>
       </c>
       <c r="J30" s="1">
         <v>132</v>
       </c>
       <c r="K30" s="1">
         <v>159</v>
       </c>
       <c r="L30" s="1">
         <v>955</v>
       </c>
       <c r="M30" s="1">
         <v>159.17</v>
       </c>
       <c r="N30" s="1">
         <v>955</v>
       </c>
       <c r="O30" s="1">
         <v>159.17</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" s="1">
         <v>28</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F31" s="1">
         <v>152</v>
       </c>
       <c r="G31" s="1">
         <v>174</v>
       </c>
       <c r="H31" s="1">
         <v>144</v>
       </c>
       <c r="I31" s="1">
         <v>165</v>
       </c>
       <c r="J31" s="1">
         <v>169</v>
       </c>
       <c r="K31" s="1">
         <v>147</v>
       </c>
       <c r="L31" s="1">
         <v>951</v>
       </c>
       <c r="M31" s="1">
         <v>158.5</v>
       </c>
@@ -2271,51 +2271,51 @@
       </c>
       <c r="K32" s="1">
         <v>167</v>
       </c>
       <c r="L32" s="1">
         <v>939</v>
       </c>
       <c r="M32" s="1">
         <v>156.5</v>
       </c>
       <c r="N32" s="1">
         <v>939</v>
       </c>
       <c r="O32" s="1">
         <v>156.5</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" s="1">
         <v>30</v>
       </c>
       <c r="B33" s="1">
         <v>1194</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>84</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>85</v>
       </c>
       <c r="F33" s="1">
         <v>135</v>
       </c>
       <c r="G33" s="1">
         <v>149</v>
       </c>
       <c r="H33" s="1">
         <v>154</v>
       </c>
       <c r="I33" s="1">
         <v>159</v>
       </c>
       <c r="J33" s="1">
         <v>179</v>
       </c>
       <c r="K33" s="1">
         <v>162</v>
       </c>
@@ -2362,154 +2362,154 @@
       </c>
       <c r="J34" s="1">
         <v>134</v>
       </c>
       <c r="K34" s="1">
         <v>170</v>
       </c>
       <c r="L34" s="1">
         <v>935</v>
       </c>
       <c r="M34" s="1">
         <v>155.83</v>
       </c>
       <c r="N34" s="1">
         <v>935</v>
       </c>
       <c r="O34" s="1">
         <v>155.83</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" s="1">
         <v>32</v>
       </c>
       <c r="B35" s="1">
-        <v>10012</v>
+        <v>10029</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F35" s="1">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="G35" s="1">
+        <v>149</v>
+      </c>
+      <c r="H35" s="1">
+        <v>159</v>
+      </c>
+      <c r="I35" s="1">
         <v>141</v>
       </c>
-      <c r="H35" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="J35" s="1">
-        <v>159</v>
+        <v>130</v>
       </c>
       <c r="K35" s="1">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="L35" s="1">
         <v>932</v>
       </c>
       <c r="M35" s="1">
         <v>155.33</v>
       </c>
       <c r="N35" s="1">
         <v>932</v>
       </c>
       <c r="O35" s="1">
         <v>155.33</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" s="1">
         <v>33</v>
       </c>
       <c r="B36" s="1">
-        <v>10029</v>
+        <v>10012</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F36" s="1">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="G36" s="1">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="H36" s="1">
+        <v>150</v>
+      </c>
+      <c r="I36" s="1">
+        <v>168</v>
+      </c>
+      <c r="J36" s="1">
         <v>159</v>
       </c>
-      <c r="I36" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="K36" s="1">
-        <v>175</v>
+        <v>148</v>
       </c>
       <c r="L36" s="1">
         <v>932</v>
       </c>
       <c r="M36" s="1">
         <v>155.33</v>
       </c>
       <c r="N36" s="1">
         <v>932</v>
       </c>
       <c r="O36" s="1">
         <v>155.33</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" s="1">
         <v>34</v>
       </c>
       <c r="B37" s="1">
         <v>1103</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F37" s="1">
         <v>155</v>
       </c>
       <c r="G37" s="1">
         <v>135</v>
       </c>
       <c r="H37" s="1">
         <v>136</v>
       </c>
       <c r="I37" s="1">
         <v>201</v>
       </c>
       <c r="J37" s="1">
         <v>141</v>
       </c>
       <c r="K37" s="1">
         <v>162</v>
       </c>
       <c r="L37" s="1">
         <v>930</v>
       </c>
       <c r="M37" s="1">
         <v>155.0</v>
       </c>
@@ -2700,51 +2700,51 @@
       </c>
       <c r="M41" s="1">
         <v>154.0</v>
       </c>
       <c r="N41" s="1">
         <v>924</v>
       </c>
       <c r="O41" s="1">
         <v>154.0</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" s="1">
         <v>39</v>
       </c>
       <c r="B42" s="1">
         <v>98656789</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F42" s="1">
         <v>142</v>
       </c>
       <c r="G42" s="1">
         <v>147</v>
       </c>
       <c r="H42" s="1">
         <v>118</v>
       </c>
       <c r="I42" s="1">
         <v>169</v>
       </c>
       <c r="J42" s="1">
         <v>190</v>
       </c>
       <c r="K42" s="1">
         <v>158</v>
       </c>
       <c r="L42" s="1">
         <v>924</v>
       </c>
       <c r="M42" s="1">
         <v>154.0</v>
       </c>
@@ -2835,51 +2835,51 @@
       </c>
       <c r="K44" s="1">
         <v>147</v>
       </c>
       <c r="L44" s="1">
         <v>900</v>
       </c>
       <c r="M44" s="1">
         <v>150.0</v>
       </c>
       <c r="N44" s="1">
         <v>900</v>
       </c>
       <c r="O44" s="1">
         <v>150.0</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" s="1">
         <v>42</v>
       </c>
       <c r="B45" s="1">
         <v>8068</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>63</v>
       </c>
       <c r="F45" s="1">
         <v>146</v>
       </c>
       <c r="G45" s="1">
         <v>122</v>
       </c>
       <c r="H45" s="1">
         <v>139</v>
       </c>
       <c r="I45" s="1">
         <v>135</v>
       </c>
       <c r="J45" s="1">
         <v>154</v>
       </c>
       <c r="K45" s="1">
         <v>201</v>
       </c>
@@ -2888,51 +2888,51 @@
       </c>
       <c r="M45" s="1">
         <v>149.5</v>
       </c>
       <c r="N45" s="1">
         <v>897</v>
       </c>
       <c r="O45" s="1">
         <v>149.5</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" s="1">
         <v>43</v>
       </c>
       <c r="B46" s="1">
         <v>8076</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>109</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F46" s="1">
         <v>149</v>
       </c>
       <c r="G46" s="1">
         <v>149</v>
       </c>
       <c r="H46" s="1">
         <v>132</v>
       </c>
       <c r="I46" s="1">
         <v>155</v>
       </c>
       <c r="J46" s="1">
         <v>152</v>
       </c>
       <c r="K46" s="1">
         <v>158</v>
       </c>
       <c r="L46" s="1">
         <v>895</v>
       </c>
       <c r="M46" s="1">
         <v>149.17</v>
       </c>
@@ -3123,351 +3123,351 @@
       </c>
       <c r="M50" s="1">
         <v>144.67</v>
       </c>
       <c r="N50" s="1">
         <v>868</v>
       </c>
       <c r="O50" s="1">
         <v>144.67</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51" s="1">
         <v>48</v>
       </c>
       <c r="B51" s="1">
         <v>567876567</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>117</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F51" s="1">
         <v>156</v>
       </c>
       <c r="G51" s="1">
         <v>153</v>
       </c>
       <c r="H51" s="1">
         <v>113</v>
       </c>
       <c r="I51" s="1">
         <v>142</v>
       </c>
       <c r="J51" s="1">
         <v>170</v>
       </c>
       <c r="K51" s="1">
         <v>130</v>
       </c>
       <c r="L51" s="1">
         <v>864</v>
       </c>
       <c r="M51" s="1">
         <v>144.0</v>
       </c>
       <c r="N51" s="1">
         <v>864</v>
       </c>
       <c r="O51" s="1">
         <v>144.0</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52" s="1">
         <v>49</v>
       </c>
       <c r="B52" s="1">
         <v>23452341111111</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>119</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F52" s="1">
         <v>125</v>
       </c>
       <c r="G52" s="1">
         <v>150</v>
       </c>
       <c r="H52" s="1">
         <v>140</v>
       </c>
       <c r="I52" s="1">
         <v>138</v>
       </c>
       <c r="J52" s="1">
         <v>166</v>
       </c>
       <c r="K52" s="1">
         <v>145</v>
       </c>
       <c r="L52" s="1">
         <v>864</v>
       </c>
       <c r="M52" s="1">
         <v>144.0</v>
       </c>
       <c r="N52" s="1">
         <v>864</v>
       </c>
       <c r="O52" s="1">
         <v>144.0</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53" s="1">
         <v>50</v>
       </c>
       <c r="B53" s="1">
-        <v>1106</v>
+        <v>98765678</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>98</v>
       </c>
       <c r="F53" s="1">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="G53" s="1">
-        <v>112</v>
+        <v>177</v>
       </c>
       <c r="H53" s="1">
-        <v>118</v>
+        <v>153</v>
       </c>
       <c r="I53" s="1">
-        <v>143</v>
+        <v>122</v>
       </c>
       <c r="J53" s="1">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="K53" s="1">
-        <v>167</v>
+        <v>130</v>
       </c>
       <c r="L53" s="1">
         <v>861</v>
       </c>
       <c r="M53" s="1">
         <v>143.5</v>
       </c>
       <c r="N53" s="1">
         <v>861</v>
       </c>
       <c r="O53" s="1">
         <v>143.5</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54" s="1">
         <v>51</v>
       </c>
       <c r="B54" s="1">
-        <v>98765678</v>
+        <v>1106</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>123</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>98</v>
       </c>
       <c r="F54" s="1">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="G54" s="1">
-        <v>177</v>
+        <v>112</v>
       </c>
       <c r="H54" s="1">
-        <v>153</v>
+        <v>118</v>
       </c>
       <c r="I54" s="1">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="J54" s="1">
-        <v>131</v>
+        <v>167</v>
       </c>
       <c r="K54" s="1">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="L54" s="1">
         <v>861</v>
       </c>
       <c r="M54" s="1">
         <v>143.5</v>
       </c>
       <c r="N54" s="1">
         <v>861</v>
       </c>
       <c r="O54" s="1">
         <v>143.5</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" s="1">
         <v>52</v>
       </c>
       <c r="B55" s="1">
         <v>8765678</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F55" s="1">
         <v>133</v>
       </c>
       <c r="G55" s="1">
         <v>146</v>
       </c>
       <c r="H55" s="1">
         <v>157</v>
       </c>
       <c r="I55" s="1">
         <v>149</v>
       </c>
       <c r="J55" s="1">
         <v>113</v>
       </c>
       <c r="K55" s="1">
         <v>127</v>
       </c>
       <c r="L55" s="1">
         <v>825</v>
       </c>
       <c r="M55" s="1">
         <v>137.5</v>
       </c>
       <c r="N55" s="1">
         <v>825</v>
       </c>
       <c r="O55" s="1">
         <v>137.5</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56" s="1">
         <v>53</v>
       </c>
       <c r="B56" s="1">
-        <v>1232</v>
+        <v>8057</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>98</v>
       </c>
       <c r="F56" s="1">
-        <v>148</v>
+        <v>104</v>
       </c>
       <c r="G56" s="1">
-        <v>124</v>
+        <v>163</v>
       </c>
       <c r="H56" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="I56" s="1">
-        <v>159</v>
+        <v>128</v>
       </c>
       <c r="J56" s="1">
-        <v>132</v>
+        <v>120</v>
       </c>
       <c r="K56" s="1">
-        <v>122</v>
+        <v>190</v>
       </c>
       <c r="L56" s="1">
         <v>815</v>
       </c>
       <c r="M56" s="1">
         <v>135.83</v>
       </c>
       <c r="N56" s="1">
         <v>815</v>
       </c>
       <c r="O56" s="1">
         <v>135.83</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" s="1">
         <v>54</v>
       </c>
       <c r="B57" s="1">
-        <v>8057</v>
+        <v>1232</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>126</v>
+        <v>92</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>98</v>
       </c>
       <c r="F57" s="1">
-        <v>104</v>
+        <v>148</v>
       </c>
       <c r="G57" s="1">
-        <v>163</v>
+        <v>124</v>
       </c>
       <c r="H57" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="I57" s="1">
-        <v>128</v>
+        <v>159</v>
       </c>
       <c r="J57" s="1">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="K57" s="1">
-        <v>190</v>
+        <v>122</v>
       </c>
       <c r="L57" s="1">
         <v>815</v>
       </c>
       <c r="M57" s="1">
         <v>135.83</v>
       </c>
       <c r="N57" s="1">
         <v>815</v>
       </c>
       <c r="O57" s="1">
         <v>135.83</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58" s="1">
         <v>55</v>
       </c>
       <c r="B58" s="1">
         <v>88765678</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D58" s="1" t="s">