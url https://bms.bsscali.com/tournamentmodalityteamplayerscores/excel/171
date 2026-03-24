--- v0 (2025-10-06)
+++ v1 (2026-03-24)
@@ -147,60 +147,60 @@
   <si>
     <t>Cundinamarca</t>
   </si>
   <si>
     <t>Nicolas</t>
   </si>
   <si>
     <t>Nariño</t>
   </si>
   <si>
     <t>Juan P</t>
   </si>
   <si>
     <t>Tojanci</t>
   </si>
   <si>
     <t>Antioquia</t>
   </si>
   <si>
     <t>Rodrigo</t>
   </si>
   <si>
     <t>Charry</t>
   </si>
   <si>
+    <t>Eladio</t>
+  </si>
+  <si>
+    <t>Diaz</t>
+  </si>
+  <si>
     <t>Humberto</t>
   </si>
   <si>
     <t>Vallejo</t>
-  </si>
-[...4 lines deleted...]
-    <t>Diaz</t>
   </si>
   <si>
     <t>Vargas</t>
   </si>
   <si>
     <t>Juan F</t>
   </si>
   <si>
     <t>Castro</t>
   </si>
   <si>
     <t>Andres</t>
   </si>
   <si>
     <t>Melo</t>
   </si>
   <si>
     <t>Cesar</t>
   </si>
   <si>
     <t>Castiblanco</t>
   </si>
   <si>
     <t>Fabian C</t>
   </si>
@@ -1332,125 +1332,125 @@
       </c>
       <c r="J14" s="1">
         <v>191</v>
       </c>
       <c r="K14" s="1">
         <v>203</v>
       </c>
       <c r="L14" s="1">
         <v>1116</v>
       </c>
       <c r="M14" s="1">
         <v>186.0</v>
       </c>
       <c r="N14" s="1">
         <v>1116</v>
       </c>
       <c r="O14" s="1">
         <v>186.0</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1">
         <v>12</v>
       </c>
       <c r="B15" s="1">
-        <v>1136</v>
+        <v>1183</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="F15" s="1">
-        <v>195</v>
+        <v>173</v>
       </c>
       <c r="G15" s="1">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="H15" s="1">
-        <v>173</v>
+        <v>193</v>
       </c>
       <c r="I15" s="1">
-        <v>199</v>
+        <v>225</v>
       </c>
       <c r="J15" s="1">
-        <v>191</v>
+        <v>178</v>
       </c>
       <c r="K15" s="1">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="L15" s="1">
         <v>1110</v>
       </c>
       <c r="M15" s="1">
         <v>185.0</v>
       </c>
       <c r="N15" s="1">
         <v>1110</v>
       </c>
       <c r="O15" s="1">
         <v>185.0</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="1">
         <v>13</v>
       </c>
       <c r="B16" s="1">
-        <v>1183</v>
+        <v>1136</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="F16" s="1">
+        <v>195</v>
+      </c>
+      <c r="G16" s="1">
+        <v>162</v>
+      </c>
+      <c r="H16" s="1">
         <v>173</v>
       </c>
-      <c r="G16" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="I16" s="1">
-        <v>225</v>
+        <v>199</v>
       </c>
       <c r="J16" s="1">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="K16" s="1">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="L16" s="1">
         <v>1110</v>
       </c>
       <c r="M16" s="1">
         <v>185.0</v>
       </c>
       <c r="N16" s="1">
         <v>1110</v>
       </c>
       <c r="O16" s="1">
         <v>185.0</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1">
         <v>8765467</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D17" s="1" t="s">
@@ -2184,51 +2184,51 @@
       </c>
       <c r="L32" s="1">
         <v>1014</v>
       </c>
       <c r="M32" s="1">
         <v>169.0</v>
       </c>
       <c r="N32" s="1">
         <v>1014</v>
       </c>
       <c r="O32" s="1">
         <v>169.0</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" s="1">
         <v>30</v>
       </c>
       <c r="B33" s="1">
         <v>9855678</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>41</v>
       </c>
       <c r="F33" s="1">
         <v>141</v>
       </c>
       <c r="G33" s="1">
         <v>193</v>
       </c>
       <c r="H33" s="1">
         <v>185</v>
       </c>
       <c r="I33" s="1">
         <v>180</v>
       </c>
       <c r="J33" s="1">
         <v>172</v>
       </c>
       <c r="K33" s="1">
         <v>140</v>
       </c>
       <c r="L33" s="1">
         <v>1011</v>
       </c>
@@ -2372,51 +2372,51 @@
       </c>
       <c r="L36" s="1">
         <v>980</v>
       </c>
       <c r="M36" s="1">
         <v>163.33</v>
       </c>
       <c r="N36" s="1">
         <v>980</v>
       </c>
       <c r="O36" s="1">
         <v>163.33</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" s="1">
         <v>34</v>
       </c>
       <c r="B37" s="1">
         <v>2801</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>87</v>
       </c>
       <c r="F37" s="1">
         <v>179</v>
       </c>
       <c r="G37" s="1">
         <v>149</v>
       </c>
       <c r="H37" s="1">
         <v>141</v>
       </c>
       <c r="I37" s="1">
         <v>177</v>
       </c>
       <c r="J37" s="1">
         <v>184</v>
       </c>
       <c r="K37" s="1">
         <v>149</v>
       </c>
       <c r="L37" s="1">
         <v>979</v>
       </c>