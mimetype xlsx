--- v0 (2025-10-06)
+++ v1 (2026-03-24)
@@ -192,63 +192,63 @@
   <si>
     <t>Atlantico</t>
   </si>
   <si>
     <t>Pedro J</t>
   </si>
   <si>
     <t>Fabio A</t>
   </si>
   <si>
     <t>Quimbaya</t>
   </si>
   <si>
     <t>Jose J</t>
   </si>
   <si>
     <t>Reyes</t>
   </si>
   <si>
     <t>Jose M</t>
   </si>
   <si>
     <t>Gomez</t>
   </si>
   <si>
+    <t>Luis A</t>
+  </si>
+  <si>
+    <t>Benavides</t>
+  </si>
+  <si>
     <t>Cecilio A</t>
   </si>
   <si>
     <t>Falcon</t>
   </si>
   <si>
     <t>Antioquia</t>
-  </si>
-[...4 lines deleted...]
-    <t>Benavides</t>
   </si>
   <si>
     <t>Roger</t>
   </si>
   <si>
     <t>Luis G</t>
   </si>
   <si>
     <t>Falla</t>
   </si>
   <si>
     <t>Tolima</t>
   </si>
   <si>
     <t>Alvaro</t>
   </si>
   <si>
     <t>Sanchez</t>
   </si>
   <si>
     <t xml:space="preserve">Jhon F </t>
   </si>
   <si>
     <t>Alvarez</t>
   </si>
@@ -1530,125 +1530,125 @@
       </c>
       <c r="H21" s="1">
         <v>114</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="1">
         <v>389</v>
       </c>
       <c r="K21" s="1">
         <v>129.67</v>
       </c>
       <c r="L21" s="1">
         <v>389</v>
       </c>
       <c r="M21" s="1">
         <v>97.25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19</v>
       </c>
       <c r="B22" s="1">
-        <v>2345</v>
+        <v>1112345678</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="F22" s="1">
+        <v>130</v>
+      </c>
+      <c r="G22" s="1">
+        <v>170</v>
+      </c>
+      <c r="H22" s="1">
         <v>157</v>
       </c>
-      <c r="G22" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="I22" s="1">
-        <v>0</v>
+        <v>168</v>
       </c>
       <c r="J22" s="1">
-        <v>411</v>
+        <v>625</v>
       </c>
       <c r="K22" s="1">
-        <v>137.0</v>
+        <v>156.25</v>
       </c>
       <c r="L22" s="1">
-        <v>411</v>
+        <v>625</v>
       </c>
       <c r="M22" s="1">
-        <v>102.75</v>
+        <v>156.25</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>20</v>
       </c>
       <c r="B23" s="1">
-        <v>1112345678</v>
+        <v>2345</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="E23" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="E23" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="1">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="G23" s="1">
-        <v>170</v>
+        <v>127</v>
       </c>
       <c r="H23" s="1">
-        <v>157</v>
+        <v>127</v>
       </c>
       <c r="I23" s="1">
-        <v>168</v>
+        <v>0</v>
       </c>
       <c r="J23" s="1">
-        <v>625</v>
+        <v>411</v>
       </c>
       <c r="K23" s="1">
-        <v>156.25</v>
+        <v>137.0</v>
       </c>
       <c r="L23" s="1">
-        <v>625</v>
+        <v>411</v>
       </c>
       <c r="M23" s="1">
-        <v>156.25</v>
+        <v>102.75</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1">
         <v>2345</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F24" s="1">
         <v>160</v>
       </c>
       <c r="G24" s="1">
         <v>173</v>
       </c>
       <c r="H24" s="1">
@@ -1703,51 +1703,51 @@
       </c>
       <c r="K25" s="1">
         <v>140.0</v>
       </c>
       <c r="L25" s="1">
         <v>280</v>
       </c>
       <c r="M25" s="1">
         <v>70.0</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1">
         <v>567890</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F26" s="1">
         <v>155</v>
       </c>
       <c r="G26" s="1">
         <v>155</v>
       </c>
       <c r="H26" s="1">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="1">
         <v>310</v>
       </c>
       <c r="K26" s="1">
         <v>155.0</v>
       </c>
       <c r="L26" s="1">
         <v>310</v>
       </c>
       <c r="M26" s="1">
         <v>77.5</v>
       </c>
@@ -2236,51 +2236,51 @@
       </c>
       <c r="K38" s="1">
         <v>136.67</v>
       </c>
       <c r="L38" s="1">
         <v>410</v>
       </c>
       <c r="M38" s="1">
         <v>102.5</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>36</v>
       </c>
       <c r="B39" s="1">
         <v>8765</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F39" s="1">
         <v>144</v>
       </c>
       <c r="G39" s="1">
         <v>123</v>
       </c>
       <c r="H39" s="1">
         <v>149</v>
       </c>
       <c r="I39" s="1">
         <v>145</v>
       </c>
       <c r="J39" s="1">
         <v>561</v>
       </c>
       <c r="K39" s="1">
         <v>140.25</v>
       </c>
       <c r="L39" s="1">
         <v>561</v>
       </c>
       <c r="M39" s="1">
         <v>140.25</v>
       </c>