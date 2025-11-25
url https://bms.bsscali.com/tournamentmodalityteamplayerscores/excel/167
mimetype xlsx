--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -258,63 +258,63 @@
   <si>
     <t>Corazón del Valle</t>
   </si>
   <si>
     <t>Violet A</t>
   </si>
   <si>
     <t>Hani</t>
   </si>
   <si>
     <t xml:space="preserve">Monica </t>
   </si>
   <si>
     <t>Suarez</t>
   </si>
   <si>
     <t>Tolima</t>
   </si>
   <si>
     <t>Ana Cilia</t>
   </si>
   <si>
     <t>Mejia</t>
   </si>
   <si>
+    <t xml:space="preserve">Clemencia </t>
+  </si>
+  <si>
+    <t>Ceron</t>
+  </si>
+  <si>
     <t>Luz P</t>
   </si>
   <si>
     <t>Rodriguez</t>
   </si>
   <si>
     <t>Quindio</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ceron</t>
   </si>
   <si>
     <t>Ana M</t>
   </si>
   <si>
     <t>Espinosa</t>
   </si>
   <si>
     <t>Paula A</t>
   </si>
   <si>
     <t>Torres</t>
   </si>
   <si>
     <t>Maria N</t>
   </si>
   <si>
     <t>Tabares</t>
   </si>
   <si>
     <t xml:space="preserve">Claudia P </t>
   </si>
   <si>
     <t>Blanco</t>
   </si>
@@ -1885,104 +1885,104 @@
       </c>
       <c r="K29" s="1">
         <v>126.25</v>
       </c>
       <c r="L29" s="1">
         <v>505</v>
       </c>
       <c r="M29" s="1">
         <v>126.25</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1">
         <v>9999901</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>82</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="F30" s="1">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G30" s="1">
-        <v>111</v>
+        <v>162</v>
       </c>
       <c r="H30" s="1">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="I30" s="1">
-        <v>156</v>
+        <v>104</v>
       </c>
       <c r="J30" s="1">
         <v>504</v>
       </c>
       <c r="K30" s="1">
         <v>126.0</v>
       </c>
       <c r="L30" s="1">
         <v>504</v>
       </c>
       <c r="M30" s="1">
         <v>126.0</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>28</v>
       </c>
       <c r="B31" s="1">
         <v>9999901</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="D31" s="1" t="s">
+      <c r="E31" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="E31" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="1">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="G31" s="1">
-        <v>162</v>
+        <v>111</v>
       </c>
       <c r="H31" s="1">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="I31" s="1">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="J31" s="1">
         <v>504</v>
       </c>
       <c r="K31" s="1">
         <v>126.0</v>
       </c>
       <c r="L31" s="1">
         <v>504</v>
       </c>
       <c r="M31" s="1">
         <v>126.0</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>29</v>
       </c>
       <c r="B32" s="1">
         <v>9999901</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D32" s="1" t="s">
@@ -2049,51 +2049,51 @@
       </c>
       <c r="K33" s="1">
         <v>123.5</v>
       </c>
       <c r="L33" s="1">
         <v>494</v>
       </c>
       <c r="M33" s="1">
         <v>123.5</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>31</v>
       </c>
       <c r="B34" s="1">
         <v>9999901</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F34" s="1">
         <v>126</v>
       </c>
       <c r="G34" s="1">
         <v>133</v>
       </c>
       <c r="H34" s="1">
         <v>116</v>
       </c>
       <c r="I34" s="1">
         <v>118</v>
       </c>
       <c r="J34" s="1">
         <v>493</v>
       </c>
       <c r="K34" s="1">
         <v>123.25</v>
       </c>
       <c r="L34" s="1">
         <v>493</v>
       </c>
       <c r="M34" s="1">
         <v>123.25</v>
       </c>
@@ -2295,51 +2295,51 @@
       </c>
       <c r="K39" s="1">
         <v>116.75</v>
       </c>
       <c r="L39" s="1">
         <v>467</v>
       </c>
       <c r="M39" s="1">
         <v>116.75</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>37</v>
       </c>
       <c r="B40" s="1">
         <v>9999901</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F40" s="1">
         <v>120</v>
       </c>
       <c r="G40" s="1">
         <v>118</v>
       </c>
       <c r="H40" s="1">
         <v>90</v>
       </c>
       <c r="I40" s="1">
         <v>125</v>
       </c>
       <c r="J40" s="1">
         <v>453</v>
       </c>
       <c r="K40" s="1">
         <v>113.25</v>
       </c>
       <c r="L40" s="1">
         <v>453</v>
       </c>
       <c r="M40" s="1">
         <v>113.25</v>
       </c>