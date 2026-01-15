--- v0 (2025-10-06)
+++ v1 (2026-01-15)
@@ -222,72 +222,72 @@
   <si>
     <t>Valderrama</t>
   </si>
   <si>
     <t>Edgar E</t>
   </si>
   <si>
     <t>Salamanca</t>
   </si>
   <si>
     <t>Luis A</t>
   </si>
   <si>
     <t>Benavides</t>
   </si>
   <si>
     <t>Nariño</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>Narvaez</t>
   </si>
   <si>
+    <t>Edgardo</t>
+  </si>
+  <si>
+    <t>Villalba</t>
+  </si>
+  <si>
+    <t>Atlantico</t>
+  </si>
+  <si>
+    <t>Hugo R</t>
+  </si>
+  <si>
+    <t>Perez</t>
+  </si>
+  <si>
     <t>Torrado</t>
   </si>
   <si>
     <t>bolivar</t>
   </si>
   <si>
     <t>Rafael G</t>
-  </si>
-[...13 lines deleted...]
-    <t>Perez</t>
   </si>
   <si>
     <t>Faber A</t>
   </si>
   <si>
     <t>Ariza</t>
   </si>
   <si>
     <t>Mario A</t>
   </si>
   <si>
     <t>Leon</t>
   </si>
   <si>
     <t>Fabio A</t>
   </si>
   <si>
     <t>Quimbaya</t>
   </si>
   <si>
     <t>Cundinamarca</t>
   </si>
   <si>
     <t>Remigio</t>
   </si>
@@ -2080,207 +2080,207 @@
       </c>
       <c r="H29" s="1">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="1">
         <v>124</v>
       </c>
       <c r="K29" s="1">
         <v>124.0</v>
       </c>
       <c r="L29" s="1">
         <v>124</v>
       </c>
       <c r="M29" s="1">
         <v>31.0</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1">
-        <v>45678</v>
+        <v>345678</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F30" s="1">
-        <v>163</v>
+        <v>229</v>
       </c>
       <c r="G30" s="1">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="H30" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="I30" s="1">
-        <v>143</v>
+        <v>175</v>
       </c>
       <c r="J30" s="1">
-        <v>605</v>
+        <v>721</v>
       </c>
       <c r="K30" s="1">
-        <v>151.25</v>
+        <v>180.25</v>
       </c>
       <c r="L30" s="1">
-        <v>605</v>
+        <v>721</v>
       </c>
       <c r="M30" s="1">
-        <v>151.25</v>
+        <v>180.25</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>28</v>
       </c>
       <c r="B31" s="1">
-        <v>456098</v>
+        <v>4512</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E31" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="1">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="G31" s="1">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="H31" s="1">
-        <v>179</v>
+        <v>102</v>
       </c>
       <c r="I31" s="1">
-        <v>149</v>
+        <v>96</v>
       </c>
       <c r="J31" s="1">
-        <v>605</v>
+        <v>489</v>
       </c>
       <c r="K31" s="1">
-        <v>151.25</v>
+        <v>122.25</v>
       </c>
       <c r="L31" s="1">
-        <v>605</v>
+        <v>489</v>
       </c>
       <c r="M31" s="1">
-        <v>151.25</v>
+        <v>122.25</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>29</v>
       </c>
       <c r="B32" s="1">
-        <v>345678</v>
+        <v>45678</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F32" s="1">
-        <v>229</v>
+        <v>163</v>
       </c>
       <c r="G32" s="1">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="H32" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="I32" s="1">
-        <v>175</v>
+        <v>143</v>
       </c>
       <c r="J32" s="1">
-        <v>721</v>
+        <v>605</v>
       </c>
       <c r="K32" s="1">
-        <v>180.25</v>
+        <v>151.25</v>
       </c>
       <c r="L32" s="1">
-        <v>721</v>
+        <v>605</v>
       </c>
       <c r="M32" s="1">
-        <v>180.25</v>
+        <v>151.25</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>30</v>
       </c>
       <c r="B33" s="1">
-        <v>4512</v>
+        <v>456098</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E33" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F33" s="1">
-        <v>139</v>
+        <v>114</v>
       </c>
       <c r="G33" s="1">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="H33" s="1">
-        <v>102</v>
+        <v>179</v>
       </c>
       <c r="I33" s="1">
-        <v>96</v>
+        <v>149</v>
       </c>
       <c r="J33" s="1">
-        <v>489</v>
+        <v>605</v>
       </c>
       <c r="K33" s="1">
-        <v>122.25</v>
+        <v>151.25</v>
       </c>
       <c r="L33" s="1">
-        <v>489</v>
+        <v>605</v>
       </c>
       <c r="M33" s="1">
-        <v>122.25</v>
+        <v>151.25</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>31</v>
       </c>
       <c r="B34" s="1">
         <v>456789</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F34" s="1">
         <v>207</v>
       </c>
       <c r="G34" s="1">
         <v>163</v>
       </c>
       <c r="H34" s="1">
@@ -3483,130 +3483,130 @@
       </c>
       <c r="K63" s="1">
         <v>132.25</v>
       </c>
       <c r="L63" s="1">
         <v>529</v>
       </c>
       <c r="M63" s="1">
         <v>132.25</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>61</v>
       </c>
       <c r="B64" s="1">
         <v>34567</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>139</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="F64" s="1">
         <v>113</v>
       </c>
       <c r="G64" s="1">
         <v>137</v>
       </c>
       <c r="H64" s="1">
         <v>144</v>
       </c>
       <c r="I64" s="1">
         <v>144</v>
       </c>
       <c r="J64" s="1">
         <v>538</v>
       </c>
       <c r="K64" s="1">
         <v>134.5</v>
       </c>
       <c r="L64" s="1">
         <v>538</v>
       </c>
       <c r="M64" s="1">
         <v>134.5</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>62</v>
       </c>
       <c r="B65" s="1">
         <v>23454</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>141</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="F65" s="1">
         <v>123</v>
       </c>
       <c r="G65" s="1">
         <v>127</v>
       </c>
       <c r="H65" s="1">
         <v>94</v>
       </c>
       <c r="I65" s="1">
         <v>109</v>
       </c>
       <c r="J65" s="1">
         <v>453</v>
       </c>
       <c r="K65" s="1">
         <v>113.25</v>
       </c>
       <c r="L65" s="1">
         <v>453</v>
       </c>
       <c r="M65" s="1">
         <v>113.25</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>63</v>
       </c>
       <c r="B66" s="1">
         <v>23456</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>135</v>
       </c>
       <c r="F66" s="1">
         <v>98</v>
       </c>
       <c r="G66" s="1">
         <v>95</v>
       </c>
       <c r="H66" s="1">
         <v>154</v>
       </c>
       <c r="I66" s="1">
         <v>138</v>
       </c>
       <c r="J66" s="1">
         <v>485</v>
       </c>
       <c r="K66" s="1">
         <v>121.25</v>
       </c>
       <c r="L66" s="1">
         <v>485</v>
       </c>
@@ -4057,92 +4057,92 @@
       </c>
       <c r="K77" s="1">
         <v>108.0</v>
       </c>
       <c r="L77" s="1">
         <v>432</v>
       </c>
       <c r="M77" s="1">
         <v>108.0</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
         <v>75</v>
       </c>
       <c r="B78" s="1">
         <v>66789</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>166</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="F78" s="1">
         <v>127</v>
       </c>
       <c r="G78" s="1">
         <v>118</v>
       </c>
       <c r="H78" s="1">
         <v>104</v>
       </c>
       <c r="I78" s="1">
         <v>145</v>
       </c>
       <c r="J78" s="1">
         <v>494</v>
       </c>
       <c r="K78" s="1">
         <v>123.5</v>
       </c>
       <c r="L78" s="1">
         <v>494</v>
       </c>
       <c r="M78" s="1">
         <v>123.5</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
         <v>76</v>
       </c>
       <c r="B79" s="1">
         <v>74674815</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="F79" s="1">
         <v>76</v>
       </c>
       <c r="G79" s="1">
         <v>114</v>
       </c>
       <c r="H79" s="1">
         <v>94</v>
       </c>
       <c r="I79" s="1">
         <v>86</v>
       </c>
       <c r="J79" s="1">
         <v>370</v>
       </c>
       <c r="K79" s="1">
         <v>92.5</v>
       </c>
       <c r="L79" s="1">
         <v>370</v>
       </c>
       <c r="M79" s="1">
         <v>92.5</v>
       </c>