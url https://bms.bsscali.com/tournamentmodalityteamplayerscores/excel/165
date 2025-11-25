--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -435,108 +435,108 @@
   <si>
     <t>Velandia</t>
   </si>
   <si>
     <t>Casanare</t>
   </si>
   <si>
     <t xml:space="preserve">Olga Y </t>
   </si>
   <si>
     <t>Baron</t>
   </si>
   <si>
     <t>Gladys M</t>
   </si>
   <si>
     <t>Fernandez</t>
   </si>
   <si>
     <t>Luz E</t>
   </si>
   <si>
     <t>Londoño</t>
   </si>
   <si>
+    <t>Beatriz E</t>
+  </si>
+  <si>
+    <t>Urrea</t>
+  </si>
+  <si>
+    <t>Vivas</t>
+  </si>
+  <si>
     <t>Elizabeth</t>
   </si>
   <si>
     <t>Cardenas</t>
   </si>
   <si>
     <t>Libia S</t>
   </si>
   <si>
     <t>Bautista</t>
   </si>
   <si>
     <t>Externo</t>
   </si>
   <si>
-    <t>Beatriz E</t>
-[...7 lines deleted...]
-  <si>
     <t>Luz A</t>
   </si>
   <si>
     <t>Moreno</t>
   </si>
   <si>
     <t>Yaneth</t>
   </si>
   <si>
     <t>Lopez</t>
   </si>
   <si>
+    <t>Mary J</t>
+  </si>
+  <si>
+    <t>Herrera</t>
+  </si>
+  <si>
+    <t>Neila B</t>
+  </si>
+  <si>
+    <t>Goyeneche</t>
+  </si>
+  <si>
     <t>Eliana M</t>
   </si>
   <si>
     <t>Vitola</t>
   </si>
   <si>
     <t>Merly</t>
   </si>
   <si>
     <t>Neira</t>
-  </si>
-[...10 lines deleted...]
-    <t>Goyeneche</t>
   </si>
   <si>
     <t>Claudia M</t>
   </si>
   <si>
     <t>Claudia T</t>
   </si>
   <si>
     <t>Pineda</t>
   </si>
   <si>
     <t xml:space="preserve">Martha M </t>
   </si>
   <si>
     <t>Prado</t>
   </si>
   <si>
     <t xml:space="preserve">Ofelia </t>
   </si>
   <si>
     <t>Jimenez</t>
   </si>
   <si>
     <t>Beatriz</t>
   </si>
@@ -3428,198 +3428,198 @@
       </c>
       <c r="K61" s="1">
         <v>105.25</v>
       </c>
       <c r="L61" s="1">
         <v>421</v>
       </c>
       <c r="M61" s="1">
         <v>105.25</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>59</v>
       </c>
       <c r="B62" s="1">
         <v>9999901</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>141</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>91</v>
+        <v>39</v>
       </c>
       <c r="F62" s="1">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="G62" s="1">
-        <v>69</v>
+        <v>114</v>
       </c>
       <c r="H62" s="1">
-        <v>143</v>
+        <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="1">
-        <v>294</v>
+        <v>210</v>
       </c>
       <c r="K62" s="1">
-        <v>98.0</v>
+        <v>105.0</v>
       </c>
       <c r="L62" s="1">
-        <v>294</v>
+        <v>210</v>
       </c>
       <c r="M62" s="1">
-        <v>73.5</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>60</v>
       </c>
       <c r="B63" s="1">
-        <v>3095</v>
+        <v>9999901</v>
       </c>
       <c r="C63" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D63" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" s="1" t="s">
-        <v>144</v>
+        <v>39</v>
       </c>
       <c r="F63" s="1">
-        <v>114</v>
+        <v>100</v>
       </c>
       <c r="G63" s="1">
-        <v>139</v>
+        <v>92</v>
       </c>
       <c r="H63" s="1">
-        <v>122</v>
+        <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="1">
-        <v>375</v>
+        <v>192</v>
       </c>
       <c r="K63" s="1">
-        <v>125.0</v>
+        <v>96.0</v>
       </c>
       <c r="L63" s="1">
-        <v>375</v>
+        <v>192</v>
       </c>
       <c r="M63" s="1">
-        <v>93.75</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>61</v>
       </c>
       <c r="B64" s="1">
         <v>9999901</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>39</v>
+        <v>91</v>
       </c>
       <c r="F64" s="1">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="G64" s="1">
-        <v>114</v>
+        <v>69</v>
       </c>
       <c r="H64" s="1">
-        <v>0</v>
+        <v>143</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="1">
-        <v>210</v>
+        <v>294</v>
       </c>
       <c r="K64" s="1">
-        <v>105.0</v>
+        <v>98.0</v>
       </c>
       <c r="L64" s="1">
-        <v>210</v>
+        <v>294</v>
       </c>
       <c r="M64" s="1">
-        <v>52.5</v>
+        <v>73.5</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>62</v>
       </c>
       <c r="B65" s="1">
-        <v>9999901</v>
+        <v>3095</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>45</v>
+        <v>145</v>
       </c>
       <c r="D65" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E65" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="E65" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F65" s="1">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="G65" s="1">
-        <v>92</v>
+        <v>139</v>
       </c>
       <c r="H65" s="1">
-        <v>0</v>
+        <v>122</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="1">
-        <v>192</v>
+        <v>375</v>
       </c>
       <c r="K65" s="1">
-        <v>96.0</v>
+        <v>125.0</v>
       </c>
       <c r="L65" s="1">
-        <v>192</v>
+        <v>375</v>
       </c>
       <c r="M65" s="1">
-        <v>48.0</v>
+        <v>93.75</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>63</v>
       </c>
       <c r="B66" s="1">
         <v>9999901</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>149</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>44</v>
       </c>
       <c r="F66" s="1">
         <v>80</v>
       </c>
       <c r="G66" s="1">
         <v>124</v>
       </c>
       <c r="H66" s="1">
@@ -3674,198 +3674,198 @@
       </c>
       <c r="K67" s="1">
         <v>101.5</v>
       </c>
       <c r="L67" s="1">
         <v>406</v>
       </c>
       <c r="M67" s="1">
         <v>101.5</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>65</v>
       </c>
       <c r="B68" s="1">
         <v>9999901</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>153</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>63</v>
+        <v>30</v>
       </c>
       <c r="F68" s="1">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="G68" s="1">
-        <v>80</v>
+        <v>102</v>
       </c>
       <c r="H68" s="1">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I68" s="1">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="J68" s="1">
-        <v>352</v>
+        <v>273</v>
       </c>
       <c r="K68" s="1">
-        <v>88.0</v>
+        <v>91.0</v>
       </c>
       <c r="L68" s="1">
-        <v>352</v>
+        <v>273</v>
       </c>
       <c r="M68" s="1">
-        <v>88.0</v>
+        <v>68.25</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>66</v>
       </c>
       <c r="B69" s="1">
         <v>9999901</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>63</v>
+        <v>30</v>
       </c>
       <c r="F69" s="1">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="G69" s="1">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="H69" s="1">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="I69" s="1">
-        <v>113</v>
+        <v>0</v>
       </c>
       <c r="J69" s="1">
-        <v>459</v>
+        <v>330</v>
       </c>
       <c r="K69" s="1">
-        <v>114.75</v>
+        <v>110.0</v>
       </c>
       <c r="L69" s="1">
-        <v>459</v>
+        <v>330</v>
       </c>
       <c r="M69" s="1">
-        <v>114.75</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>67</v>
       </c>
       <c r="B70" s="1">
         <v>9999901</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>157</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="F70" s="1">
+        <v>97</v>
+      </c>
+      <c r="G70" s="1">
+        <v>80</v>
+      </c>
+      <c r="H70" s="1">
+        <v>91</v>
+      </c>
+      <c r="I70" s="1">
         <v>84</v>
       </c>
-      <c r="G70" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="J70" s="1">
-        <v>273</v>
+        <v>352</v>
       </c>
       <c r="K70" s="1">
-        <v>91.0</v>
+        <v>88.0</v>
       </c>
       <c r="L70" s="1">
-        <v>273</v>
+        <v>352</v>
       </c>
       <c r="M70" s="1">
-        <v>68.25</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>68</v>
       </c>
       <c r="B71" s="1">
         <v>9999901</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="F71" s="1">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="G71" s="1">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="H71" s="1">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="I71" s="1">
-        <v>0</v>
+        <v>113</v>
       </c>
       <c r="J71" s="1">
-        <v>330</v>
+        <v>459</v>
       </c>
       <c r="K71" s="1">
-        <v>110.0</v>
+        <v>114.75</v>
       </c>
       <c r="L71" s="1">
-        <v>330</v>
+        <v>459</v>
       </c>
       <c r="M71" s="1">
-        <v>82.5</v>
+        <v>114.75</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
         <v>69</v>
       </c>
       <c r="B72" s="1">
         <v>9999901</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>117</v>
       </c>
       <c r="F72" s="1">
         <v>100</v>
       </c>
       <c r="G72" s="1">
         <v>133</v>
       </c>
       <c r="H72" s="1">