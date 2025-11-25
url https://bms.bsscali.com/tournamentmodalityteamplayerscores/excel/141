--- v0 (2025-10-07)
+++ v1 (2025-11-25)
@@ -111,75 +111,75 @@
   <si>
     <t>PROM/TOTAL</t>
   </si>
   <si>
     <t>Felipe</t>
   </si>
   <si>
     <t>Gil</t>
   </si>
   <si>
     <t>Jonaykel</t>
   </si>
   <si>
     <t>Conejo</t>
   </si>
   <si>
     <t>Toby</t>
   </si>
   <si>
     <t>Mateo</t>
   </si>
   <si>
     <t>Gordienko</t>
   </si>
   <si>
+    <t>3254234t</t>
+  </si>
+  <si>
+    <t>Diego</t>
+  </si>
+  <si>
+    <t>Aguilar</t>
+  </si>
+  <si>
+    <t>Marvin</t>
+  </si>
+  <si>
+    <t>Leon</t>
+  </si>
+  <si>
     <t>Edgar</t>
   </si>
   <si>
     <t>Burgos</t>
   </si>
   <si>
     <t>Jorge</t>
   </si>
   <si>
     <t>Rodriguez</t>
-  </si>
-[...13 lines deleted...]
-    <t>Leon</t>
   </si>
   <si>
     <t>Sergio</t>
   </si>
   <si>
     <t>Barajas</t>
   </si>
   <si>
     <t>Roberto</t>
   </si>
   <si>
     <t>Perez</t>
   </si>
   <si>
     <t>Armando</t>
   </si>
   <si>
     <t>Hernandez</t>
   </si>
   <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>Nuñez</t>
   </si>
@@ -945,304 +945,304 @@
         <v>183</v>
       </c>
       <c r="P7" s="1">
         <v>248</v>
       </c>
       <c r="Q7" s="1">
         <v>183</v>
       </c>
       <c r="R7" s="1">
         <v>2425</v>
       </c>
       <c r="S7" s="1">
         <v>202.08</v>
       </c>
       <c r="T7" s="1">
         <v>2425</v>
       </c>
       <c r="U7" s="1">
         <v>202.08</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" s="1">
         <v>5</v>
       </c>
-      <c r="B8" s="1">
-        <v>2451234</v>
+      <c r="B8" s="1" t="s">
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F8" s="1">
+        <v>179</v>
+      </c>
+      <c r="G8" s="1">
+        <v>237</v>
+      </c>
+      <c r="H8" s="1">
+        <v>198</v>
+      </c>
+      <c r="I8" s="1">
+        <v>257</v>
+      </c>
+      <c r="J8" s="1">
+        <v>211</v>
+      </c>
+      <c r="K8" s="1">
+        <v>197</v>
+      </c>
+      <c r="L8" s="1">
+        <v>184</v>
+      </c>
+      <c r="M8" s="1">
         <v>238</v>
       </c>
-      <c r="G8" s="1">
-[...19 lines deleted...]
-      </c>
       <c r="N8" s="1">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="O8" s="1">
-        <v>199</v>
+        <v>185</v>
       </c>
       <c r="P8" s="1">
         <v>244</v>
       </c>
       <c r="Q8" s="1">
-        <v>192</v>
+        <v>182</v>
       </c>
       <c r="R8" s="1">
-        <v>2458</v>
+        <v>2528</v>
       </c>
       <c r="S8" s="1">
-        <v>204.83</v>
+        <v>210.67</v>
       </c>
       <c r="T8" s="1">
-        <v>2458</v>
+        <v>2528</v>
       </c>
       <c r="U8" s="1">
-        <v>204.83</v>
+        <v>210.67</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9" s="1">
         <v>6</v>
       </c>
       <c r="B9" s="1">
-        <v>9074592345</v>
+        <v>234523</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="1">
-        <v>197</v>
+        <v>157</v>
       </c>
       <c r="G9" s="1">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="H9" s="1">
-        <v>217</v>
+        <v>205</v>
       </c>
       <c r="I9" s="1">
-        <v>192</v>
+        <v>253</v>
       </c>
       <c r="J9" s="1">
-        <v>218</v>
+        <v>166</v>
       </c>
       <c r="K9" s="1">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="L9" s="1">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="M9" s="1">
-        <v>233</v>
+        <v>171</v>
       </c>
       <c r="N9" s="1">
-        <v>198</v>
+        <v>235</v>
       </c>
       <c r="O9" s="1">
-        <v>222</v>
+        <v>200</v>
       </c>
       <c r="P9" s="1">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="Q9" s="1">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="R9" s="1">
-        <v>2433</v>
+        <v>2363</v>
       </c>
       <c r="S9" s="1">
-        <v>202.75</v>
+        <v>196.92</v>
       </c>
       <c r="T9" s="1">
-        <v>2433</v>
+        <v>2363</v>
       </c>
       <c r="U9" s="1">
-        <v>202.75</v>
+        <v>196.92</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" s="1">
         <v>7</v>
       </c>
-      <c r="B10" s="1" t="s">
-        <v>36</v>
+      <c r="B10" s="1">
+        <v>2451234</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F10" s="1">
-        <v>179</v>
+        <v>238</v>
       </c>
       <c r="G10" s="1">
-        <v>237</v>
+        <v>200</v>
       </c>
       <c r="H10" s="1">
-        <v>198</v>
+        <v>180</v>
       </c>
       <c r="I10" s="1">
-        <v>257</v>
+        <v>235</v>
       </c>
       <c r="J10" s="1">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="K10" s="1">
-        <v>197</v>
+        <v>163</v>
       </c>
       <c r="L10" s="1">
-        <v>184</v>
+        <v>202</v>
       </c>
       <c r="M10" s="1">
-        <v>238</v>
+        <v>181</v>
       </c>
       <c r="N10" s="1">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="O10" s="1">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="P10" s="1">
         <v>244</v>
       </c>
       <c r="Q10" s="1">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="R10" s="1">
-        <v>2528</v>
+        <v>2458</v>
       </c>
       <c r="S10" s="1">
-        <v>210.67</v>
+        <v>204.83</v>
       </c>
       <c r="T10" s="1">
-        <v>2528</v>
+        <v>2458</v>
       </c>
       <c r="U10" s="1">
-        <v>210.67</v>
+        <v>204.83</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" s="1">
         <v>8</v>
       </c>
       <c r="B11" s="1">
-        <v>234523</v>
+        <v>9074592345</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F11" s="1">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="G11" s="1">
-        <v>212</v>
+        <v>191</v>
       </c>
       <c r="H11" s="1">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="I11" s="1">
-        <v>253</v>
+        <v>192</v>
       </c>
       <c r="J11" s="1">
-        <v>166</v>
+        <v>218</v>
       </c>
       <c r="K11" s="1">
-        <v>189</v>
+        <v>202</v>
       </c>
       <c r="L11" s="1">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="M11" s="1">
-        <v>171</v>
+        <v>233</v>
       </c>
       <c r="N11" s="1">
-        <v>235</v>
+        <v>198</v>
       </c>
       <c r="O11" s="1">
-        <v>200</v>
+        <v>222</v>
       </c>
       <c r="P11" s="1">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="Q11" s="1">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="R11" s="1">
-        <v>2363</v>
+        <v>2433</v>
       </c>
       <c r="S11" s="1">
-        <v>196.92</v>
+        <v>202.75</v>
       </c>
       <c r="T11" s="1">
-        <v>2363</v>
+        <v>2433</v>
       </c>
       <c r="U11" s="1">
-        <v>196.92</v>
+        <v>202.75</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" s="1">
         <v>9</v>
       </c>
       <c r="B12" s="1">
         <v>23415</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F12" s="1">
         <v>181</v>
       </c>
       <c r="G12" s="1">
         <v>168</v>
       </c>
       <c r="H12" s="1">