--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -237,69 +237,69 @@
   <si>
     <t xml:space="preserve">Gustavo </t>
   </si>
   <si>
     <t>Iznaga</t>
   </si>
   <si>
     <t>Arango</t>
   </si>
   <si>
     <t>Luis A</t>
   </si>
   <si>
     <t>Castiblanco</t>
   </si>
   <si>
     <t>Lizarazo</t>
   </si>
   <si>
     <t>Tomas</t>
   </si>
   <si>
     <t>Daza</t>
   </si>
   <si>
+    <t>Karen T</t>
+  </si>
+  <si>
+    <t>Suarez</t>
+  </si>
+  <si>
+    <t>Boyacá</t>
+  </si>
+  <si>
     <t>Rafael</t>
   </si>
   <si>
     <t>Niño</t>
   </si>
   <si>
-    <t>Boyacá</t>
-[...1 lines deleted...]
-  <si>
     <t>Valentina</t>
   </si>
   <si>
     <t>Hurtado</t>
-  </si>
-[...4 lines deleted...]
-    <t>Suarez</t>
   </si>
   <si>
     <t>Moreno</t>
   </si>
   <si>
     <t>Sara S</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1930,175 +1930,175 @@
       </c>
       <c r="I30" s="1">
         <v>148</v>
       </c>
       <c r="J30" s="1">
         <v>117</v>
       </c>
       <c r="K30" s="1">
         <v>635</v>
       </c>
       <c r="L30" s="1">
         <v>127.0</v>
       </c>
       <c r="M30" s="1">
         <v>635</v>
       </c>
       <c r="N30" s="1">
         <v>127.0</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="1">
         <v>28</v>
       </c>
       <c r="B31" s="1">
-        <v>4231541254152</v>
+        <v>6314251325</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>76</v>
       </c>
       <c r="F31" s="1">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="G31" s="1">
-        <v>136</v>
+        <v>90</v>
       </c>
       <c r="H31" s="1">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="I31" s="1">
-        <v>82</v>
+        <v>105</v>
       </c>
       <c r="J31" s="1">
-        <v>111</v>
+        <v>81</v>
       </c>
       <c r="K31" s="1">
-        <v>537</v>
+        <v>497</v>
       </c>
       <c r="L31" s="1">
-        <v>107.4</v>
+        <v>99.4</v>
       </c>
       <c r="M31" s="1">
-        <v>537</v>
+        <v>497</v>
       </c>
       <c r="N31" s="1">
-        <v>107.4</v>
+        <v>99.4</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="1">
         <v>29</v>
       </c>
       <c r="B32" s="1">
-        <v>986453</v>
+        <v>4231541254152</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>76</v>
       </c>
       <c r="F32" s="1">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="G32" s="1">
-        <v>86</v>
+        <v>136</v>
       </c>
       <c r="H32" s="1">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="I32" s="1">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="J32" s="1">
-        <v>92</v>
+        <v>111</v>
       </c>
       <c r="K32" s="1">
-        <v>457</v>
+        <v>537</v>
       </c>
       <c r="L32" s="1">
-        <v>91.4</v>
+        <v>107.4</v>
       </c>
       <c r="M32" s="1">
-        <v>457</v>
+        <v>537</v>
       </c>
       <c r="N32" s="1">
-        <v>91.4</v>
+        <v>107.4</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="1">
         <v>30</v>
       </c>
       <c r="B33" s="1">
-        <v>6314251325</v>
+        <v>986453</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>76</v>
       </c>
       <c r="F33" s="1">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="G33" s="1">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="H33" s="1">
-        <v>115</v>
+        <v>92</v>
       </c>
       <c r="I33" s="1">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="J33" s="1">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="K33" s="1">
-        <v>497</v>
+        <v>457</v>
       </c>
       <c r="L33" s="1">
-        <v>99.4</v>
+        <v>91.4</v>
       </c>
       <c r="M33" s="1">
-        <v>497</v>
+        <v>457</v>
       </c>
       <c r="N33" s="1">
-        <v>99.4</v>
+        <v>91.4</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="1">
         <v>31</v>
       </c>
       <c r="B34" s="1">
         <v>654312</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>58</v>
       </c>
       <c r="F34" s="1">
         <v>76</v>
       </c>
       <c r="G34" s="1">
         <v>108</v>
       </c>
       <c r="H34" s="1">