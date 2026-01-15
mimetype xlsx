--- v0 (2025-10-06)
+++ v1 (2026-01-15)
@@ -210,60 +210,60 @@
   <si>
     <t>Maria</t>
   </si>
   <si>
     <t>Mora</t>
   </si>
   <si>
     <t>Ana C</t>
   </si>
   <si>
     <t>Macias</t>
   </si>
   <si>
     <t>Isabel</t>
   </si>
   <si>
     <t>Balcazar</t>
   </si>
   <si>
     <t>Gabriela</t>
   </si>
   <si>
     <t>Becerra</t>
   </si>
   <si>
+    <t>Pardo</t>
+  </si>
+  <si>
+    <t>Lida</t>
+  </si>
+  <si>
+    <t>Maldonado</t>
+  </si>
+  <si>
     <t>Maria E</t>
-  </si>
-[...7 lines deleted...]
-    <t>Maldonado</t>
   </si>
   <si>
     <t>Nelly</t>
   </si>
   <si>
     <t>Soto</t>
   </si>
   <si>
     <t>Patricia</t>
   </si>
   <si>
     <t>Trujillo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1703,184 +1703,184 @@
       </c>
       <c r="J24" s="1">
         <v>130</v>
       </c>
       <c r="K24" s="1">
         <v>160</v>
       </c>
       <c r="L24" s="1">
         <v>844</v>
       </c>
       <c r="M24" s="1">
         <v>140.67</v>
       </c>
       <c r="N24" s="1">
         <v>844</v>
       </c>
       <c r="O24" s="1">
         <v>140.67</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1">
-        <v>1082</v>
+        <v>98656789</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="1" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="F25" s="1">
-        <v>139</v>
+        <v>129</v>
       </c>
       <c r="G25" s="1">
-        <v>152</v>
+        <v>128</v>
       </c>
       <c r="H25" s="1">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="I25" s="1">
-        <v>146</v>
+        <v>107</v>
       </c>
       <c r="J25" s="1">
-        <v>106</v>
+        <v>120</v>
       </c>
       <c r="K25" s="1">
-        <v>126</v>
+        <v>103</v>
       </c>
       <c r="L25" s="1">
-        <v>812</v>
+        <v>733</v>
       </c>
       <c r="M25" s="1">
-        <v>135.33</v>
+        <v>122.17</v>
       </c>
       <c r="N25" s="1">
-        <v>812</v>
+        <v>733</v>
       </c>
       <c r="O25" s="1">
-        <v>135.33</v>
+        <v>122.17</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1">
-        <v>98656789</v>
+        <v>7687567687908</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F26" s="1">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="G26" s="1">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="H26" s="1">
-        <v>146</v>
+        <v>169</v>
       </c>
       <c r="I26" s="1">
-        <v>107</v>
+        <v>133</v>
       </c>
       <c r="J26" s="1">
-        <v>120</v>
+        <v>137</v>
       </c>
       <c r="K26" s="1">
-        <v>103</v>
+        <v>161</v>
       </c>
       <c r="L26" s="1">
-        <v>733</v>
+        <v>891</v>
       </c>
       <c r="M26" s="1">
-        <v>122.17</v>
+        <v>148.5</v>
       </c>
       <c r="N26" s="1">
-        <v>733</v>
+        <v>891</v>
       </c>
       <c r="O26" s="1">
-        <v>122.17</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" s="1">
         <v>24</v>
       </c>
       <c r="B27" s="1">
-        <v>7687567687908</v>
+        <v>1082</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="F27" s="1">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="G27" s="1">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="H27" s="1">
-        <v>169</v>
+        <v>143</v>
       </c>
       <c r="I27" s="1">
-        <v>133</v>
+        <v>146</v>
       </c>
       <c r="J27" s="1">
-        <v>137</v>
+        <v>106</v>
       </c>
       <c r="K27" s="1">
-        <v>161</v>
+        <v>126</v>
       </c>
       <c r="L27" s="1">
-        <v>891</v>
+        <v>812</v>
       </c>
       <c r="M27" s="1">
-        <v>148.5</v>
+        <v>135.33</v>
       </c>
       <c r="N27" s="1">
-        <v>891</v>
+        <v>812</v>
       </c>
       <c r="O27" s="1">
-        <v>148.5</v>
+        <v>135.33</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1">
         <v>1218</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F28" s="1">
         <v>96</v>
       </c>
       <c r="G28" s="1">
         <v>133</v>
       </c>
       <c r="H28" s="1">